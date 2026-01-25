--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -9,65 +9,59 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="51">
   <si>
     <t>Stock Code</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Barcode</t>
-  </si>
-[...4 lines deleted...]
-    <t>26R</t>
   </si>
   <si>
     <t>711NVY28R</t>
   </si>
   <si>
     <t>28R</t>
   </si>
   <si>
     <t>711NVY28L</t>
   </si>
   <si>
     <t>28T</t>
   </si>
   <si>
     <t>711NVY30R</t>
   </si>
   <si>
     <t>30R</t>
   </si>
   <si>
     <t>711NVY30L</t>
   </si>
   <si>
     <t>30T</t>
   </si>
@@ -216,337 +210,326 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E26"/>
+  <dimension ref="A1:E25"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="5"/>
     <col min="3" max="3" width="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1">
-        <v>5036948161553</v>
+        <v>5036948023059</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="1">
-        <v>5036948023059</v>
+        <v>5036948023073</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="1">
-        <v>5036948023073</v>
+        <v>5036948021314</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="1">
-        <v>5036948021314</v>
+        <v>5036948021635</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="1">
-        <v>5036948021635</v>
+        <v>5036948021321</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="1">
-        <v>5036948021321</v>
+        <v>5036948021642</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="1">
-        <v>5036948021642</v>
+        <v>5036948118342</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>17</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="1">
-        <v>5036948118342</v>
+        <v>5036948021338</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>19</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="1">
-        <v>5036948021338</v>
+        <v>5036948021659</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="1">
-        <v>5036948021659</v>
+        <v>5036948118359</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="1">
-        <v>5036948118359</v>
+        <v>5036948021345</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="1">
-        <v>5036948021345</v>
+        <v>5036948021666</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>27</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="1">
-        <v>5036948021666</v>
+        <v>5036948021352</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>29</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="1">
-        <v>5036948021352</v>
+        <v>5036948021673</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>31</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="1">
-        <v>5036948021673</v>
+        <v>5036948021369</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>33</v>
       </c>
       <c r="B17" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="1">
-        <v>5036948021369</v>
+        <v>5036948021680</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>35</v>
       </c>
       <c r="B18" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="1">
-        <v>5036948021680</v>
+        <v>5036948021376</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="1">
-        <v>5036948021376</v>
+        <v>5036948021697</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="1">
-        <v>5036948021697</v>
+        <v>5036948021383</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="1">
-        <v>5036948021383</v>
+        <v>5036948021703</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="1">
-        <v>5036948021703</v>
+        <v>5036948091638</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>45</v>
       </c>
       <c r="B23" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="1">
-        <v>5036948091638</v>
+        <v>5036948115877</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="1">
-        <v>5036948115877</v>
+        <v>5036948091645</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="1">
-        <v>5036948091645</v>
-[...9 lines deleted...]
-      <c r="C26" s="1">
         <v>5036948115884</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>