--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -138,53 +138,50 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1">
         <v>5060345832228</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
-      <c r="C3" s="1">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="1">
         <v>5060345832242</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="1">
         <v>5060345832259</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">