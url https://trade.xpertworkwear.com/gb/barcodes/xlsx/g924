--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -9,77 +9,71 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
   <si>
     <t>Stock Code</t>
   </si>
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Barcode</t>
   </si>
   <si>
     <t>SWP32-3/4</t>
   </si>
   <si>
     <t>Age 3-4 Years</t>
   </si>
   <si>
     <t>SWP32-5/6</t>
   </si>
   <si>
     <t>Age 5-6 Years</t>
-  </si>
-[...4 lines deleted...]
-    <t>Age 7-8 Years</t>
   </si>
   <si>
     <t>SWP32-9/10</t>
   </si>
   <si>
     <t>Age 9-10 Years</t>
   </si>
   <si>
     <t>SWP32-11/12</t>
   </si>
   <si>
     <t>Age 11-12 Years</t>
   </si>
   <si>
     <t>SWP32-13</t>
   </si>
   <si>
     <t>Age 13-14 Years</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
@@ -102,128 +96,117 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E7"/>
+  <dimension ref="A1:E6"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="16"/>
     <col min="3" max="3" width="14"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1">
         <v>5060345838480</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="1">
         <v>5060345838497</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="1">
-        <v>5060345837759</v>
+        <v>5060345837766</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="1">
-        <v>5060345837766</v>
+        <v>5060345837773</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="1">
-        <v>5060345837773</v>
-[...9 lines deleted...]
-      <c r="C7" s="1">
         <v>5060345837780</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>