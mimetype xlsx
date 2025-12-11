--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -372,51 +372,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>34.95</v>
       </c>
       <c r="L2">
-        <v>102.00000</v>
+        <v>77.00000</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -444,51 +444,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>34.95</v>
       </c>
       <c r="L3">
-        <v>24.00000</v>
+        <v>19.00000</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -516,51 +516,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>34.95</v>
       </c>
       <c r="L4">
-        <v>280.00000</v>
+        <v>226.00000</v>
       </c>
       <c r="M4">
         <v>8</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
@@ -588,51 +588,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>34.95</v>
       </c>
       <c r="L5">
-        <v>415.00000</v>
+        <v>289.00000</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
@@ -660,51 +660,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>34.95</v>
       </c>
       <c r="L6">
-        <v>639.00000</v>
+        <v>478.00000</v>
       </c>
       <c r="M6">
         <v>8</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6" t="s">
         <v>33</v>
       </c>
       <c r="S6" t="s">
         <v>34</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
@@ -732,51 +732,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>34.95</v>
       </c>
       <c r="L7">
-        <v>624.00000</v>
+        <v>432.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
@@ -804,51 +804,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>34.95</v>
       </c>
       <c r="L8">
-        <v>149.00000</v>
+        <v>119.00000</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8" t="s">
         <v>30</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
         <v>33</v>
       </c>
       <c r="S8" t="s">
         <v>34</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>
@@ -876,51 +876,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>56</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>34.95</v>
       </c>
       <c r="L9">
-        <v>331.00000</v>
+        <v>220.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9" t="s">
         <v>30</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9" t="s">
         <v>33</v>
       </c>
       <c r="S9" t="s">
         <v>34</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>
@@ -948,51 +948,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>59</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64034000</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>34.95</v>
       </c>
       <c r="L10">
-        <v>169.00000</v>
+        <v>121.00000</v>
       </c>
       <c r="M10">
         <v>8</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10" t="s">
         <v>30</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10" t="s">
         <v>33</v>
       </c>
       <c r="S10" t="s">
         <v>34</v>
       </c>
       <c r="T10" t="s">
         <v>35</v>
       </c>
@@ -1020,51 +1020,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>62</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64034000</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>34.95</v>
       </c>
       <c r="L11">
-        <v>33.00000</v>
+        <v>26.00000</v>
       </c>
       <c r="M11">
         <v>8</v>
       </c>
       <c r="N11" t="s">
         <v>29</v>
       </c>
       <c r="O11" t="s">
         <v>30</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11" t="s">
         <v>33</v>
       </c>
       <c r="S11" t="s">
         <v>34</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>