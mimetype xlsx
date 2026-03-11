--- v1 (2025-12-11)
+++ v2 (2026-03-11)
@@ -101,66 +101,66 @@
   <si>
     <t>Xpert Pro Hutton S3L Safety Dealer Boot Brown - EU39 / UK6</t>
   </si>
   <si>
     <t>XPP2050</t>
   </si>
   <si>
     <t>Xpert Pro Hutton S3L Safety Dealer Boot Brown</t>
   </si>
   <si>
     <t>EU39 / UK6</t>
   </si>
   <si>
     <t>Xpert Pro</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>1.60Kg</t>
   </si>
   <si>
     <t>EN ISO 20345:2022 S3L FO LG SC SR WPA</t>
   </si>
   <si>
-    <t>GGX OFFER: Get Hutton Boots + FREE Beanie &amp; Socks</t>
-[...1 lines deleted...]
-  <si>
     <t>LIGHT X™ - Composite Protective toecap and midsole</t>
   </si>
   <si>
     <t>TOUGH X™ - PU overcap is directly moulded over the toe for ultimate wear resistance</t>
   </si>
   <si>
     <t>COMFORT X™ - Full-surface anatomically shaped shock absorbing PU foam removable footbed</t>
   </si>
   <si>
     <t>Enhanced stability TPU reinforced heel and ankle support</t>
   </si>
   <si>
     <t>Premium quality genuine leather upper</t>
+  </si>
+  <si>
+    <t>High performance, Elastopan® midsole compound offers unrivalled comfort when walking</t>
   </si>
   <si>
     <t>XPP2050-40</t>
   </si>
   <si>
     <t>Xpert Pro Hutton S3L Safety Dealer Boot Brown - EU40 / UK6.5</t>
   </si>
   <si>
     <t>EU40 / UK6.5</t>
   </si>
   <si>
     <t>XPP2050-41</t>
   </si>
   <si>
     <t>Xpert Pro Hutton S3L Safety Dealer Boot Brown - EU41 / UK7</t>
   </si>
   <si>
     <t>EU41 / UK7</t>
   </si>
   <si>
     <t>XPP2050-42</t>
   </si>
   <si>
     <t>Xpert Pro Hutton S3L Safety Dealer Boot Brown - EU42 / UK8</t>
   </si>
@@ -263,56 +263,56 @@
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W11"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="46"/>
     <col min="6" max="6" width="14"/>
     <col min="7" max="7" width="10"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
     <col min="12" max="12" width="10"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="38"/>
-    <col min="15" max="15" width="50"/>
-    <col min="16" max="16" width="51"/>
+    <col min="15" max="15" width="51"/>
+    <col min="16" max="16" width="60"/>
     <col min="17" max="17" width="60"/>
-    <col min="18" max="18" width="60"/>
-[...1 lines deleted...]
-    <col min="20" max="20" width="38"/>
+    <col min="18" max="18" width="57"/>
+    <col min="19" max="19" width="38"/>
+    <col min="20" max="20" width="60"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -372,51 +372,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>34.95</v>
       </c>
       <c r="L2">
-        <v>77.00000</v>
+        <v>53.00000</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -444,51 +444,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>34.95</v>
       </c>
       <c r="L3">
-        <v>19.00000</v>
+        <v>14.00000</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -516,51 +516,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>34.95</v>
       </c>
       <c r="L4">
-        <v>226.00000</v>
+        <v>153.00000</v>
       </c>
       <c r="M4">
         <v>8</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
@@ -588,51 +588,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>34.95</v>
       </c>
       <c r="L5">
-        <v>289.00000</v>
+        <v>136.00000</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
@@ -660,51 +660,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>34.95</v>
       </c>
       <c r="L6">
-        <v>478.00000</v>
+        <v>297.00000</v>
       </c>
       <c r="M6">
         <v>8</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6" t="s">
         <v>33</v>
       </c>
       <c r="S6" t="s">
         <v>34</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
@@ -732,51 +732,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>34.95</v>
       </c>
       <c r="L7">
-        <v>432.00000</v>
+        <v>255.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
@@ -804,51 +804,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>34.95</v>
       </c>
       <c r="L8">
-        <v>119.00000</v>
+        <v>99.00000</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8" t="s">
         <v>30</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
         <v>33</v>
       </c>
       <c r="S8" t="s">
         <v>34</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>
@@ -876,51 +876,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>56</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>34.95</v>
       </c>
       <c r="L9">
-        <v>220.00000</v>
+        <v>67.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9" t="s">
         <v>30</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9" t="s">
         <v>33</v>
       </c>
       <c r="S9" t="s">
         <v>34</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>
@@ -948,51 +948,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>59</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64034000</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>34.95</v>
       </c>
       <c r="L10">
-        <v>121.00000</v>
+        <v>88.00000</v>
       </c>
       <c r="M10">
         <v>8</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10" t="s">
         <v>30</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10" t="s">
         <v>33</v>
       </c>
       <c r="S10" t="s">
         <v>34</v>
       </c>
       <c r="T10" t="s">
         <v>35</v>
       </c>
@@ -1020,51 +1020,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>62</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64034000</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>34.95</v>
       </c>
       <c r="L11">
-        <v>26.00000</v>
+        <v>20.00000</v>
       </c>
       <c r="M11">
         <v>8</v>
       </c>
       <c r="N11" t="s">
         <v>29</v>
       </c>
       <c r="O11" t="s">
         <v>30</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11" t="s">
         <v>33</v>
       </c>
       <c r="S11" t="s">
         <v>34</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>