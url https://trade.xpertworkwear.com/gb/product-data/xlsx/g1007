--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -362,239 +362,239 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>31</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>25.95</v>
       </c>
       <c r="L3">
-        <v>5.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Penarth Hoodie is chunky and practical, with warm fleece lining and quilted hood to keep the cold at bay, while a full-length zip turns it from hoodie into a loose hooded jacket.  When there's work to be done, do it in a big, bold check.  
 100% Polyester, Yarn dyed with Sherpa fleece lining and quilted hood. Two breast pockets and side pockets</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="1">
         <v>5036948236800</v>
       </c>
       <c r="C4" t="s">
         <v>33</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>25.95</v>
       </c>
       <c r="L4">
-        <v>5.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Penarth Hoodie is chunky and practical, with warm fleece lining and quilted hood to keep the cold at bay, while a full-length zip turns it from hoodie into a loose hooded jacket.  When there's work to be done, do it in a big, bold check.  
 100% Polyester, Yarn dyed with Sherpa fleece lining and quilted hood. Two breast pockets and side pockets</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>35</v>
       </c>
       <c r="B5" s="1">
         <v>5036948236831</v>
       </c>
       <c r="C5" t="s">
         <v>36</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>37</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>25.95</v>
       </c>
       <c r="L5">
-        <v>5.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Penarth Hoodie is chunky and practical, with warm fleece lining and quilted hood to keep the cold at bay, while a full-length zip turns it from hoodie into a loose hooded jacket.  When there's work to be done, do it in a big, bold check.  
 100% Polyester, Yarn dyed with Sherpa fleece lining and quilted hood. Two breast pockets and side pockets</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>38</v>
       </c>
       <c r="B6" s="1">
         <v>5036948236787</v>
       </c>
       <c r="C6" t="s">
         <v>39</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>40</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>25.95</v>
       </c>
       <c r="L6">
-        <v>3.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Penarth Hoodie is chunky and practical, with warm fleece lining and quilted hood to keep the cold at bay, while a full-length zip turns it from hoodie into a loose hooded jacket.  When there's work to be done, do it in a big, bold check.  
 100% Polyester, Yarn dyed with Sherpa fleece lining and quilted hood. Two breast pockets and side pockets</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>41</v>
       </c>
       <c r="B7" s="1">
         <v>5036948236794</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>43</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>25.95</v>
       </c>
       <c r="L7">
-        <v>3.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Penarth Hoodie is chunky and practical, with warm fleece lining and quilted hood to keep the cold at bay, while a full-length zip turns it from hoodie into a loose hooded jacket.  When there's work to be done, do it in a big, bold check.  
 100% Polyester, Yarn dyed with Sherpa fleece lining and quilted hood. Two breast pockets and side pockets</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>