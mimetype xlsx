--- v1 (2025-12-12)
+++ v2 (2026-03-03)
@@ -362,145 +362,145 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>31</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>25.95</v>
       </c>
       <c r="L3">
-        <v>6.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Penarth Hoodie is chunky and practical, with warm fleece lining and quilted hood to keep the cold at bay, while a full-length zip turns it from hoodie into a loose hooded jacket.  When there's work to be done, do it in a big, bold check.  
 100% Polyester, Yarn dyed with Sherpa fleece lining and quilted hood. Two breast pockets and side pockets</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="1">
         <v>5036948236800</v>
       </c>
       <c r="C4" t="s">
         <v>33</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>25.95</v>
       </c>
       <c r="L4">
-        <v>3.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Penarth Hoodie is chunky and practical, with warm fleece lining and quilted hood to keep the cold at bay, while a full-length zip turns it from hoodie into a loose hooded jacket.  When there's work to be done, do it in a big, bold check.  
 100% Polyester, Yarn dyed with Sherpa fleece lining and quilted hood. Two breast pockets and side pockets</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>35</v>
       </c>
       <c r="B5" s="1">
         <v>5036948236831</v>
       </c>
       <c r="C5" t="s">
         <v>36</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>37</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>25.95</v>
       </c>
       <c r="L5">
-        <v>4.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Penarth Hoodie is chunky and practical, with warm fleece lining and quilted hood to keep the cold at bay, while a full-length zip turns it from hoodie into a loose hooded jacket.  When there's work to be done, do it in a big, bold check.  
 100% Polyester, Yarn dyed with Sherpa fleece lining and quilted hood. Two breast pockets and side pockets</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>38</v>
       </c>
       <c r="B6" s="1">
         <v>5036948236787</v>
       </c>
       <c r="C6" t="s">
         <v>39</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
@@ -550,51 +550,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>43</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>25.95</v>
       </c>
       <c r="L7">
-        <v>2.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Penarth Hoodie is chunky and practical, with warm fleece lining and quilted hood to keep the cold at bay, while a full-length zip turns it from hoodie into a loose hooded jacket.  When there's work to be done, do it in a big, bold check.  
 100% Polyester, Yarn dyed with Sherpa fleece lining and quilted hood. Two breast pockets and side pockets</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>