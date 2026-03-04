--- v0 (2025-10-25)
+++ v1 (2026-03-04)
@@ -324,51 +324,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62031990</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>12.95</v>
       </c>
       <c r="L2">
-        <v>4.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Fort Splashaway Junior Coverall keeps the little ones protected when enjoying (or working) outside. Built with fully waterproof fabric to 3000mm, fully breathable, windproof and engineered with taped seams to ensure a durable piece of clothing for the daily use of juniors.</t>
@@ -388,51 +388,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62031990</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>12.95</v>
       </c>
       <c r="L3">
-        <v>6.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Fort Splashaway Junior Coverall keeps the little ones protected when enjoying (or working) outside. Built with fully waterproof fabric to 3000mm, fully breathable, windproof and engineered with taped seams to ensure a durable piece of clothing for the daily use of juniors.</t>
@@ -452,51 +452,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62031990</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>12.95</v>
       </c>
       <c r="L4">
-        <v>6.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Fort Splashaway Junior Coverall keeps the little ones protected when enjoying (or working) outside. Built with fully waterproof fabric to 3000mm, fully breathable, windproof and engineered with taped seams to ensure a durable piece of clothing for the daily use of juniors.</t>
@@ -516,51 +516,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62031990</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>12.95</v>
       </c>
       <c r="L5">
-        <v>6.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Fort Splashaway Junior Coverall keeps the little ones protected when enjoying (or working) outside. Built with fully waterproof fabric to 3000mm, fully breathable, windproof and engineered with taped seams to ensure a durable piece of clothing for the daily use of juniors.</t>