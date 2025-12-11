--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -417,51 +417,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>41.95</v>
       </c>
       <c r="L3">
-        <v>113.00000</v>
+        <v>136.00000</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>For the discerning worker who needs the most elite footwear in both style and performance, the Xpert PRO™ RAPTOR HONEY Waterproof Safety Boot is the boot you’ve been looking for. Extensively researched and tested, this boot has taken 4 years of development to bring it to you. Were proud to offer it, and we know you will be proud to wear it. Key features that make your work-day safer and more comfortable include DRY X™ Waterproof and Breathable membrane, Composite Safety Toecap with 200J impact protection, Puncture resistant composite flexible midsole, and TPU reinforced heel and ankle support. All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. You can wear with confidence.
@@ -483,51 +483,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>41.95</v>
       </c>
       <c r="L4">
-        <v>156.00000</v>
+        <v>250.00000</v>
       </c>
       <c r="M4">
         <v>8</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>For the discerning worker who needs the most elite footwear in both style and performance, the Xpert PRO™ RAPTOR HONEY Waterproof Safety Boot is the boot you’ve been looking for. Extensively researched and tested, this boot has taken 4 years of development to bring it to you. Were proud to offer it, and we know you will be proud to wear it. Key features that make your work-day safer and more comfortable include DRY X™ Waterproof and Breathable membrane, Composite Safety Toecap with 200J impact protection, Puncture resistant composite flexible midsole, and TPU reinforced heel and ankle support. All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. You can wear with confidence.
@@ -549,51 +549,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>41.95</v>
       </c>
       <c r="L5">
-        <v>294.00000</v>
+        <v>368.00000</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>For the discerning worker who needs the most elite footwear in both style and performance, the Xpert PRO™ RAPTOR HONEY Waterproof Safety Boot is the boot you’ve been looking for. Extensively researched and tested, this boot has taken 4 years of development to bring it to you. Were proud to offer it, and we know you will be proud to wear it. Key features that make your work-day safer and more comfortable include DRY X™ Waterproof and Breathable membrane, Composite Safety Toecap with 200J impact protection, Puncture resistant composite flexible midsole, and TPU reinforced heel and ankle support. All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. You can wear with confidence.
@@ -615,51 +615,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>41.95</v>
       </c>
       <c r="L6">
-        <v>284.00000</v>
+        <v>267.00000</v>
       </c>
       <c r="M6">
         <v>8</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>For the discerning worker who needs the most elite footwear in both style and performance, the Xpert PRO™ RAPTOR HONEY Waterproof Safety Boot is the boot you’ve been looking for. Extensively researched and tested, this boot has taken 4 years of development to bring it to you. Were proud to offer it, and we know you will be proud to wear it. Key features that make your work-day safer and more comfortable include DRY X™ Waterproof and Breathable membrane, Composite Safety Toecap with 200J impact protection, Puncture resistant composite flexible midsole, and TPU reinforced heel and ankle support. All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. You can wear with confidence.
@@ -681,51 +681,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>41.95</v>
       </c>
       <c r="L7">
-        <v>133.00000</v>
+        <v>191.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>For the discerning worker who needs the most elite footwear in both style and performance, the Xpert PRO™ RAPTOR HONEY Waterproof Safety Boot is the boot you’ve been looking for. Extensively researched and tested, this boot has taken 4 years of development to bring it to you. Were proud to offer it, and we know you will be proud to wear it. Key features that make your work-day safer and more comfortable include DRY X™ Waterproof and Breathable membrane, Composite Safety Toecap with 200J impact protection, Puncture resistant composite flexible midsole, and TPU reinforced heel and ankle support. All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. You can wear with confidence.
@@ -747,51 +747,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>41.95</v>
       </c>
       <c r="L8">
-        <v>59.00000</v>
+        <v>150.00000</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>For the discerning worker who needs the most elite footwear in both style and performance, the Xpert PRO™ RAPTOR HONEY Waterproof Safety Boot is the boot you’ve been looking for. Extensively researched and tested, this boot has taken 4 years of development to bring it to you. Were proud to offer it, and we know you will be proud to wear it. Key features that make your work-day safer and more comfortable include DRY X™ Waterproof and Breathable membrane, Composite Safety Toecap with 200J impact protection, Puncture resistant composite flexible midsole, and TPU reinforced heel and ankle support. All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. You can wear with confidence.
@@ -813,51 +813,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>41.95</v>
       </c>
       <c r="L9">
-        <v>34.00000</v>
+        <v>32.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>For the discerning worker who needs the most elite footwear in both style and performance, the Xpert PRO™ RAPTOR HONEY Waterproof Safety Boot is the boot you’ve been looking for. Extensively researched and tested, this boot has taken 4 years of development to bring it to you. Were proud to offer it, and we know you will be proud to wear it. Key features that make your work-day safer and more comfortable include DRY X™ Waterproof and Breathable membrane, Composite Safety Toecap with 200J impact protection, Puncture resistant composite flexible midsole, and TPU reinforced heel and ankle support. All this protection is built up on our GRIP X™ 8.0 Nitrile Rubber outsole, which comes with 300°C Heat resistance, Ladder grip instep, and certified to the highest grip rating. You can wear with confidence.