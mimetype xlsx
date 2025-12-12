--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -273,51 +273,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>65069990</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>4.50</v>
       </c>
       <c r="L2">
-        <v>3236.00000</v>
+        <v>2866.00000</v>
       </c>
       <c r="M2">
         <v>120</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>This warm and stylish Swampmaster beanie hat features a soft, double thickness knit for exceptional coziness.  Built for cold-weather, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  Vibrant colour and design, it’s your ultimate choice for style and comfort in all kinds of everyday environments.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">