--- v1 (2025-12-12)
+++ v2 (2026-03-03)
@@ -273,51 +273,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>65069990</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>4.50</v>
       </c>
       <c r="L2">
-        <v>2866.00000</v>
+        <v>2486.00000</v>
       </c>
       <c r="M2">
         <v>120</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>This warm and stylish Swampmaster beanie hat features a soft, double thickness knit for exceptional coziness.  Built for cold-weather, it's washable and designed with a stretch fit for comfort, ensuring a one-size-fits-all versatility.  Vibrant colour and design, it’s your ultimate choice for style and comfort in all kinds of everyday environments.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">