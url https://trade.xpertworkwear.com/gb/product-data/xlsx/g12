--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -221,51 +221,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W7"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="32"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="26"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="25"/>
     <col min="16" max="16" width="14"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="20"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="21"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>21.50</v>
       </c>
       <c r="L2">
-        <v>4.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements.</t>
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>21.50</v>
       </c>
       <c r="L3">
-        <v>18.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements.</t>
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>21.50</v>
       </c>
       <c r="L4">
-        <v>24.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements.</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>21.50</v>
       </c>
       <c r="L5">
-        <v>10.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements.</t>
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>21.50</v>
       </c>
       <c r="L7">
-        <v>6.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements.</t>