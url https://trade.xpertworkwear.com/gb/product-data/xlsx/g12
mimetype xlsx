--- v1 (2025-12-12)
+++ v2 (2026-03-03)
@@ -221,51 +221,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W7"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="32"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="26"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="8"/>
+    <col min="12" max="12" width="9"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="25"/>
     <col min="16" max="16" width="14"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="20"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="21"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>21.50</v>
       </c>
       <c r="L2">
-        <v>1.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements.</t>
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>21.50</v>
       </c>
       <c r="L3">
-        <v>1.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements.</t>
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>21.50</v>
       </c>
       <c r="L4">
-        <v>6.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements.</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>21.50</v>
       </c>
       <c r="L5">
-        <v>1.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements.</t>
@@ -589,51 +589,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>21.50</v>
       </c>
       <c r="L6">
-        <v>3.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements.</t>
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>21.50</v>
       </c>
       <c r="L7">
-        <v>0.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>When the temperature drops this is the item you need. With its Sherpa fleece lining, padded sleeves and cosy side pockets it will keep you warm when working in the elements.</t>