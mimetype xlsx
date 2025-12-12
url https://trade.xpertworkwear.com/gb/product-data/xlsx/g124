--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -315,51 +315,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034251</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>32.50</v>
       </c>
       <c r="L2">
-        <v>4.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Wearing this Fort Quilted Zip Front Boilersuit over the top of your clothes provides essential protection against spills, stains and rips. The zipped design makes it quick and easy to put the suit on or take it off, and it guarantees a comfortable fit that won't restrict your movement. Two back pockets provide the space to hold any essential small equipment, one featuring a Velcro® seal for even greater security.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="1">
         <v>5036948012053</v>
@@ -370,51 +370,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034251</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>32.50</v>
       </c>
       <c r="L3">
-        <v>12.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Wearing this Fort Quilted Zip Front Boilersuit over the top of your clothes provides essential protection against spills, stains and rips. The zipped design makes it quick and easy to put the suit on or take it off, and it guarantees a comfortable fit that won't restrict your movement. Two back pockets provide the space to hold any essential small equipment, one featuring a Velcro® seal for even greater security.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="1">
         <v>5036948012077</v>
@@ -425,51 +425,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034251</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>32.50</v>
       </c>
       <c r="L4">
-        <v>9.00000</v>
+        <v>11.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Wearing this Fort Quilted Zip Front Boilersuit over the top of your clothes provides essential protection against spills, stains and rips. The zipped design makes it quick and easy to put the suit on or take it off, and it guarantees a comfortable fit that won't restrict your movement. Two back pockets provide the space to hold any essential small equipment, one featuring a Velcro® seal for even greater security.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="1">
         <v>5036948012091</v>
@@ -480,51 +480,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034251</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>32.50</v>
       </c>
       <c r="L5">
-        <v>6.00000</v>
+        <v>10.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>Wearing this Fort Quilted Zip Front Boilersuit over the top of your clothes provides essential protection against spills, stains and rips. The zipped design makes it quick and easy to put the suit on or take it off, and it guarantees a comfortable fit that won't restrict your movement. Two back pockets provide the space to hold any essential small equipment, one featuring a Velcro® seal for even greater security.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="1">
         <v>5036948012114</v>