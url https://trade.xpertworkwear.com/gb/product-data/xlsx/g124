--- v1 (2025-12-12)
+++ v2 (2026-03-08)
@@ -203,51 +203,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W6"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="45"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="39"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="35"/>
     <col min="16" max="16" width="17"/>
     <col min="17" max="17" width="17"/>
     <col min="18" max="18" width="10"/>
     <col min="19" max="19" width="10"/>
     <col min="20" max="20" width="10"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -370,51 +370,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034251</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>32.50</v>
       </c>
       <c r="L3">
-        <v>0.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Wearing this Fort Quilted Zip Front Boilersuit over the top of your clothes provides essential protection against spills, stains and rips. The zipped design makes it quick and easy to put the suit on or take it off, and it guarantees a comfortable fit that won't restrict your movement. Two back pockets provide the space to hold any essential small equipment, one featuring a Velcro® seal for even greater security.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="1">
         <v>5036948012077</v>
@@ -425,51 +425,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034251</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>32.50</v>
       </c>
       <c r="L4">
-        <v>11.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Wearing this Fort Quilted Zip Front Boilersuit over the top of your clothes provides essential protection against spills, stains and rips. The zipped design makes it quick and easy to put the suit on or take it off, and it guarantees a comfortable fit that won't restrict your movement. Two back pockets provide the space to hold any essential small equipment, one featuring a Velcro® seal for even greater security.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="1">
         <v>5036948012091</v>
@@ -480,51 +480,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034251</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>32.50</v>
       </c>
       <c r="L5">
-        <v>10.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>Wearing this Fort Quilted Zip Front Boilersuit over the top of your clothes provides essential protection against spills, stains and rips. The zipped design makes it quick and easy to put the suit on or take it off, and it guarantees a comfortable fit that won't restrict your movement. Two back pockets provide the space to hold any essential small equipment, one featuring a Velcro® seal for even greater security.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="1">
         <v>5036948012114</v>
@@ -535,51 +535,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62034251</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>32.50</v>
       </c>
       <c r="L6">
-        <v>2.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Wearing this Fort Quilted Zip Front Boilersuit over the top of your clothes provides essential protection against spills, stains and rips. The zipped design makes it quick and easy to put the suit on or take it off, and it guarantees a comfortable fit that won't restrict your movement. Two back pockets provide the space to hold any essential small equipment, one featuring a Velcro® seal for even greater security.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">