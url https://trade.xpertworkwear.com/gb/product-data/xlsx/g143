--- v0 (2025-10-25)
+++ v1 (2025-12-09)
@@ -568,51 +568,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034211</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>18.50</v>
       </c>
       <c r="L3">
-        <v>4.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -696,51 +696,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034211</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>18.50</v>
       </c>
       <c r="L5">
-        <v>9.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -760,51 +760,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62034211</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>18.50</v>
       </c>
       <c r="L6">
-        <v>6.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -824,51 +824,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62034211</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>18.50</v>
       </c>
       <c r="L7">
-        <v>5.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -888,51 +888,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62034211</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>18.50</v>
       </c>
       <c r="L8">
-        <v>15.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1016,51 +1016,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>62034211</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>18.50</v>
       </c>
       <c r="L10">
-        <v>19.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M10">
         <v>20</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
         <v>33</v>
       </c>
       <c r="T10" t="s">
         <v>34</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1080,51 +1080,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>62034211</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>18.50</v>
       </c>
       <c r="L11">
-        <v>18.00000</v>
+        <v>10.00000</v>
       </c>
       <c r="M11">
         <v>20</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="R11" t="s">
         <v>32</v>
       </c>
       <c r="S11" t="s">
         <v>33</v>
       </c>
       <c r="T11" t="s">
         <v>34</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1208,51 +1208,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>67</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>62034211</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>18.50</v>
       </c>
       <c r="L13">
-        <v>12.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M13">
         <v>20</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="R13" t="s">
         <v>32</v>
       </c>
       <c r="S13" t="s">
         <v>33</v>
       </c>
       <c r="T13" t="s">
         <v>34</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1272,51 +1272,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>70</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>62034211</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>18.50</v>
       </c>
       <c r="L14">
-        <v>7.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M14">
         <v>20</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="R14" t="s">
         <v>32</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
       <c r="T14" t="s">
         <v>34</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1336,51 +1336,51 @@
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" t="s">
         <v>73</v>
       </c>
       <c r="G15" t="s">
         <v>26</v>
       </c>
       <c r="H15">
         <v>62034211</v>
       </c>
       <c r="I15" t="s">
         <v>27</v>
       </c>
       <c r="J15" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="2">
         <v>18.50</v>
       </c>
       <c r="L15">
-        <v>8.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M15">
         <v>20</v>
       </c>
       <c r="O15" t="s">
         <v>29</v>
       </c>
       <c r="P15" t="s">
         <v>30</v>
       </c>
       <c r="Q15" t="s">
         <v>31</v>
       </c>
       <c r="R15" t="s">
         <v>32</v>
       </c>
       <c r="S15" t="s">
         <v>33</v>
       </c>
       <c r="T15" t="s">
         <v>34</v>
       </c>
       <c r="U15" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1400,51 +1400,51 @@
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>76</v>
       </c>
       <c r="G16" t="s">
         <v>26</v>
       </c>
       <c r="H16">
         <v>62034211</v>
       </c>
       <c r="I16" t="s">
         <v>27</v>
       </c>
       <c r="J16" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="2">
         <v>18.50</v>
       </c>
       <c r="L16">
-        <v>9.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M16">
         <v>20</v>
       </c>
       <c r="O16" t="s">
         <v>29</v>
       </c>
       <c r="P16" t="s">
         <v>30</v>
       </c>
       <c r="Q16" t="s">
         <v>31</v>
       </c>
       <c r="R16" t="s">
         <v>32</v>
       </c>
       <c r="S16" t="s">
         <v>33</v>
       </c>
       <c r="T16" t="s">
         <v>34</v>
       </c>
       <c r="U16" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1464,51 +1464,51 @@
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" t="s">
         <v>79</v>
       </c>
       <c r="G17" t="s">
         <v>26</v>
       </c>
       <c r="H17">
         <v>62034211</v>
       </c>
       <c r="I17" t="s">
         <v>27</v>
       </c>
       <c r="J17" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="2">
         <v>18.50</v>
       </c>
       <c r="L17">
-        <v>8.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M17">
         <v>20</v>
       </c>
       <c r="O17" t="s">
         <v>29</v>
       </c>
       <c r="P17" t="s">
         <v>30</v>
       </c>
       <c r="Q17" t="s">
         <v>31</v>
       </c>
       <c r="R17" t="s">
         <v>32</v>
       </c>
       <c r="S17" t="s">
         <v>33</v>
       </c>
       <c r="T17" t="s">
         <v>34</v>
       </c>
       <c r="U17" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1528,51 +1528,51 @@
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>82</v>
       </c>
       <c r="G18" t="s">
         <v>26</v>
       </c>
       <c r="H18">
         <v>62034211</v>
       </c>
       <c r="I18" t="s">
         <v>27</v>
       </c>
       <c r="J18" t="s">
         <v>28</v>
       </c>
       <c r="K18" s="2">
         <v>18.50</v>
       </c>
       <c r="L18">
-        <v>5.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M18">
         <v>1</v>
       </c>
       <c r="O18" t="s">
         <v>29</v>
       </c>
       <c r="P18" t="s">
         <v>30</v>
       </c>
       <c r="Q18" t="s">
         <v>31</v>
       </c>
       <c r="R18" t="s">
         <v>32</v>
       </c>
       <c r="S18" t="s">
         <v>33</v>
       </c>
       <c r="T18" t="s">
         <v>34</v>
       </c>
       <c r="U18" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1592,51 +1592,51 @@
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" t="s">
         <v>85</v>
       </c>
       <c r="G19" t="s">
         <v>26</v>
       </c>
       <c r="H19">
         <v>62034211</v>
       </c>
       <c r="I19" t="s">
         <v>27</v>
       </c>
       <c r="J19" t="s">
         <v>28</v>
       </c>
       <c r="K19" s="2">
         <v>18.50</v>
       </c>
       <c r="L19">
-        <v>8.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M19">
         <v>1</v>
       </c>
       <c r="O19" t="s">
         <v>29</v>
       </c>
       <c r="P19" t="s">
         <v>30</v>
       </c>
       <c r="Q19" t="s">
         <v>31</v>
       </c>
       <c r="R19" t="s">
         <v>32</v>
       </c>
       <c r="S19" t="s">
         <v>33</v>
       </c>
       <c r="T19" t="s">
         <v>34</v>
       </c>
       <c r="U19" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
@@ -1656,51 +1656,51 @@
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>88</v>
       </c>
       <c r="G20" t="s">
         <v>26</v>
       </c>
       <c r="H20">
         <v>62034211</v>
       </c>
       <c r="I20" t="s">
         <v>27</v>
       </c>
       <c r="J20" t="s">
         <v>28</v>
       </c>
       <c r="K20" s="2">
         <v>18.50</v>
       </c>
       <c r="L20">
-        <v>8.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M20">
         <v>1</v>
       </c>
       <c r="O20" t="s">
         <v>29</v>
       </c>
       <c r="P20" t="s">
         <v>30</v>
       </c>
       <c r="Q20" t="s">
         <v>31</v>
       </c>
       <c r="R20" t="s">
         <v>32</v>
       </c>
       <c r="S20" t="s">
         <v>33</v>
       </c>
       <c r="T20" t="s">
         <v>34</v>
       </c>
       <c r="U20" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>