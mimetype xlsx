--- v1 (2025-12-09)
+++ v2 (2026-01-25)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="104">
   <si>
     <t>Stock Code</t>
   </si>
   <si>
     <t>Barcode</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Group Code</t>
   </si>
   <si>
     <t>Group Name</t>
   </si>
   <si>
     <t>Variation</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Commodity Code</t>
   </si>
   <si>
@@ -74,99 +74,90 @@
   <si>
     <t>Specification</t>
   </si>
   <si>
     <t>Feature 1</t>
   </si>
   <si>
     <t>Feature 2</t>
   </si>
   <si>
     <t>Feature 3</t>
   </si>
   <si>
     <t>Feature 4</t>
   </si>
   <si>
     <t>Feature 5</t>
   </si>
   <si>
     <t>Feature 6</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
-    <t>711NVY26R</t>
-[...2 lines deleted...]
-    <t>Tuffstuff Pro Work Trouser Navy - 26R</t>
+    <t>711NVY28R</t>
+  </si>
+  <si>
+    <t>Tuffstuff Pro Work Trouser Navy - 28R</t>
   </si>
   <si>
     <t>711NV</t>
   </si>
   <si>
     <t>Tuffstuff Pro Work Trouser Navy</t>
   </si>
   <si>
-    <t>26R</t>
+    <t>28R</t>
   </si>
   <si>
     <t>Tuffstuff</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>0.80Kg</t>
   </si>
   <si>
     <t>330gsm polyester / cotton</t>
   </si>
   <si>
     <t>Triple-stitched</t>
   </si>
   <si>
     <t>Double thickness on back pockets</t>
   </si>
   <si>
     <t>Tuck-away nail pockets</t>
   </si>
   <si>
     <t>Kneepad pockets</t>
   </si>
   <si>
     <t>Mobile phone pocket</t>
-  </si>
-[...7 lines deleted...]
-    <t>28R</t>
   </si>
   <si>
     <t>711NVY28L</t>
   </si>
   <si>
     <t>Tuffstuff Pro Work Trouser Navy - 28T</t>
   </si>
   <si>
     <t>28T</t>
   </si>
   <si>
     <t>711NVY30R</t>
   </si>
   <si>
     <t>Tuffstuff Pro Work Trouser Navy - 30R</t>
   </si>
   <si>
     <t>30R</t>
   </si>
   <si>
     <t>711NVY30L</t>
   </si>
   <si>
     <t>Tuffstuff Pro Work Trouser Navy - 30T</t>
   </si>
@@ -379,51 +370,51 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:W26"/>
+  <dimension ref="A1:W25"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="39"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="32"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="10"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
     <col min="12" max="12" width="9"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="26"/>
     <col min="16" max="16" width="16"/>
     <col min="17" max="17" width="33"/>
     <col min="18" max="18" width="23"/>
     <col min="19" max="19" width="16"/>
     <col min="20" max="20" width="20"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
@@ -474,1139 +465,1139 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" s="1">
-        <v>5036948161553</v>
+        <v>5036948023059</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034211</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>18.50</v>
       </c>
       <c r="L2">
-        <v>0.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>35</v>
       </c>
       <c r="B3" s="1">
-        <v>5036948023059</v>
+        <v>5036948023073</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034211</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>18.50</v>
       </c>
       <c r="L3">
-        <v>1.00000</v>
+        <v>11.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" s="1">
-        <v>5036948023073</v>
+        <v>5036948021314</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034211</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>18.50</v>
       </c>
       <c r="L4">
-        <v>9.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M4">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>41</v>
       </c>
       <c r="B5" s="1">
-        <v>5036948021314</v>
+        <v>5036948021635</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034211</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>18.50</v>
       </c>
       <c r="L5">
-        <v>4.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M5">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" s="1">
-        <v>5036948021635</v>
+        <v>5036948021321</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62034211</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>18.50</v>
       </c>
       <c r="L6">
         <v>4.00000</v>
       </c>
       <c r="M6">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="1">
-        <v>5036948021321</v>
+        <v>5036948021642</v>
       </c>
       <c r="C7" t="s">
         <v>48</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62034211</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>18.50</v>
       </c>
       <c r="L7">
-        <v>1.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>50</v>
       </c>
       <c r="B8" s="1">
-        <v>5036948021642</v>
+        <v>5036948118342</v>
       </c>
       <c r="C8" t="s">
         <v>51</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62034211</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>18.50</v>
       </c>
       <c r="L8">
-        <v>5.00000</v>
+        <v>17.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>53</v>
       </c>
       <c r="B9" s="1">
-        <v>5036948118342</v>
+        <v>5036948021338</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>62034211</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>18.50</v>
       </c>
       <c r="L9">
-        <v>17.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M9">
         <v>20</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>56</v>
       </c>
       <c r="B10" s="1">
-        <v>5036948021338</v>
+        <v>5036948021659</v>
       </c>
       <c r="C10" t="s">
         <v>57</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>62034211</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>18.50</v>
       </c>
       <c r="L10">
-        <v>9.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M10">
         <v>20</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
         <v>33</v>
       </c>
       <c r="T10" t="s">
         <v>34</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>59</v>
       </c>
       <c r="B11" s="1">
-        <v>5036948021659</v>
+        <v>5036948118359</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>62034211</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>18.50</v>
       </c>
       <c r="L11">
-        <v>10.00000</v>
+        <v>32.00000</v>
       </c>
       <c r="M11">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="R11" t="s">
         <v>32</v>
       </c>
       <c r="S11" t="s">
         <v>33</v>
       </c>
       <c r="T11" t="s">
         <v>34</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>62</v>
       </c>
       <c r="B12" s="1">
-        <v>5036948118359</v>
+        <v>5036948021345</v>
       </c>
       <c r="C12" t="s">
         <v>63</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>64</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>62034211</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>18.50</v>
       </c>
       <c r="L12">
-        <v>32.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M12">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="R12" t="s">
         <v>32</v>
       </c>
       <c r="S12" t="s">
         <v>33</v>
       </c>
       <c r="T12" t="s">
         <v>34</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>65</v>
       </c>
       <c r="B13" s="1">
-        <v>5036948021345</v>
+        <v>5036948021666</v>
       </c>
       <c r="C13" t="s">
         <v>66</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>67</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>62034211</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>18.50</v>
       </c>
       <c r="L13">
-        <v>3.00000</v>
+        <v>10.00000</v>
       </c>
       <c r="M13">
         <v>20</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="R13" t="s">
         <v>32</v>
       </c>
       <c r="S13" t="s">
         <v>33</v>
       </c>
       <c r="T13" t="s">
         <v>34</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>68</v>
       </c>
       <c r="B14" s="1">
-        <v>5036948021666</v>
+        <v>5036948021352</v>
       </c>
       <c r="C14" t="s">
         <v>69</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>70</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>62034211</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>18.50</v>
       </c>
       <c r="L14">
-        <v>2.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M14">
         <v>20</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="R14" t="s">
         <v>32</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
       <c r="T14" t="s">
         <v>34</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>71</v>
       </c>
       <c r="B15" s="1">
-        <v>5036948021352</v>
+        <v>5036948021673</v>
       </c>
       <c r="C15" t="s">
         <v>72</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" t="s">
         <v>73</v>
       </c>
       <c r="G15" t="s">
         <v>26</v>
       </c>
       <c r="H15">
         <v>62034211</v>
       </c>
       <c r="I15" t="s">
         <v>27</v>
       </c>
       <c r="J15" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="2">
         <v>18.50</v>
       </c>
       <c r="L15">
-        <v>6.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M15">
         <v>20</v>
       </c>
       <c r="O15" t="s">
         <v>29</v>
       </c>
       <c r="P15" t="s">
         <v>30</v>
       </c>
       <c r="Q15" t="s">
         <v>31</v>
       </c>
       <c r="R15" t="s">
         <v>32</v>
       </c>
       <c r="S15" t="s">
         <v>33</v>
       </c>
       <c r="T15" t="s">
         <v>34</v>
       </c>
       <c r="U15" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>74</v>
       </c>
       <c r="B16" s="1">
-        <v>5036948021673</v>
+        <v>5036948021369</v>
       </c>
       <c r="C16" t="s">
         <v>75</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>76</v>
       </c>
       <c r="G16" t="s">
         <v>26</v>
       </c>
       <c r="H16">
         <v>62034211</v>
       </c>
       <c r="I16" t="s">
         <v>27</v>
       </c>
       <c r="J16" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="2">
         <v>18.50</v>
       </c>
       <c r="L16">
-        <v>6.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M16">
         <v>20</v>
       </c>
       <c r="O16" t="s">
         <v>29</v>
       </c>
       <c r="P16" t="s">
         <v>30</v>
       </c>
       <c r="Q16" t="s">
         <v>31</v>
       </c>
       <c r="R16" t="s">
         <v>32</v>
       </c>
       <c r="S16" t="s">
         <v>33</v>
       </c>
       <c r="T16" t="s">
         <v>34</v>
       </c>
       <c r="U16" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>77</v>
       </c>
       <c r="B17" s="1">
-        <v>5036948021369</v>
+        <v>5036948021680</v>
       </c>
       <c r="C17" t="s">
         <v>78</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" t="s">
         <v>79</v>
       </c>
       <c r="G17" t="s">
         <v>26</v>
       </c>
       <c r="H17">
         <v>62034211</v>
       </c>
       <c r="I17" t="s">
         <v>27</v>
       </c>
       <c r="J17" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="2">
         <v>18.50</v>
       </c>
       <c r="L17">
         <v>5.00000</v>
       </c>
       <c r="M17">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="O17" t="s">
         <v>29</v>
       </c>
       <c r="P17" t="s">
         <v>30</v>
       </c>
       <c r="Q17" t="s">
         <v>31</v>
       </c>
       <c r="R17" t="s">
         <v>32</v>
       </c>
       <c r="S17" t="s">
         <v>33</v>
       </c>
       <c r="T17" t="s">
         <v>34</v>
       </c>
       <c r="U17" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>80</v>
       </c>
       <c r="B18" s="1">
-        <v>5036948021680</v>
+        <v>5036948021376</v>
       </c>
       <c r="C18" t="s">
         <v>81</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>82</v>
       </c>
       <c r="G18" t="s">
         <v>26</v>
       </c>
       <c r="H18">
         <v>62034211</v>
       </c>
       <c r="I18" t="s">
         <v>27</v>
       </c>
       <c r="J18" t="s">
         <v>28</v>
       </c>
       <c r="K18" s="2">
         <v>18.50</v>
       </c>
       <c r="L18">
-        <v>3.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M18">
         <v>1</v>
       </c>
       <c r="O18" t="s">
         <v>29</v>
       </c>
       <c r="P18" t="s">
         <v>30</v>
       </c>
       <c r="Q18" t="s">
         <v>31</v>
       </c>
       <c r="R18" t="s">
         <v>32</v>
       </c>
       <c r="S18" t="s">
         <v>33</v>
       </c>
       <c r="T18" t="s">
         <v>34</v>
       </c>
       <c r="U18" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>83</v>
       </c>
       <c r="B19" s="1">
-        <v>5036948021376</v>
+        <v>5036948021697</v>
       </c>
       <c r="C19" t="s">
         <v>84</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" t="s">
         <v>85</v>
       </c>
       <c r="G19" t="s">
         <v>26</v>
       </c>
       <c r="H19">
         <v>62034211</v>
       </c>
       <c r="I19" t="s">
         <v>27</v>
       </c>
       <c r="J19" t="s">
         <v>28</v>
       </c>
@@ -1626,307 +1617,307 @@
         <v>30</v>
       </c>
       <c r="Q19" t="s">
         <v>31</v>
       </c>
       <c r="R19" t="s">
         <v>32</v>
       </c>
       <c r="S19" t="s">
         <v>33</v>
       </c>
       <c r="T19" t="s">
         <v>34</v>
       </c>
       <c r="U19" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>86</v>
       </c>
       <c r="B20" s="1">
-        <v>5036948021697</v>
+        <v>5036948021383</v>
       </c>
       <c r="C20" t="s">
         <v>87</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>88</v>
       </c>
       <c r="G20" t="s">
         <v>26</v>
       </c>
       <c r="H20">
         <v>62034211</v>
       </c>
       <c r="I20" t="s">
         <v>27</v>
       </c>
       <c r="J20" t="s">
         <v>28</v>
       </c>
       <c r="K20" s="2">
         <v>18.50</v>
       </c>
       <c r="L20">
-        <v>7.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M20">
         <v>1</v>
       </c>
       <c r="O20" t="s">
         <v>29</v>
       </c>
       <c r="P20" t="s">
         <v>30</v>
       </c>
       <c r="Q20" t="s">
         <v>31</v>
       </c>
       <c r="R20" t="s">
         <v>32</v>
       </c>
       <c r="S20" t="s">
         <v>33</v>
       </c>
       <c r="T20" t="s">
         <v>34</v>
       </c>
       <c r="U20" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>89</v>
       </c>
       <c r="B21" s="1">
-        <v>5036948021383</v>
+        <v>5036948021703</v>
       </c>
       <c r="C21" t="s">
         <v>90</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" t="s">
         <v>91</v>
       </c>
       <c r="G21" t="s">
         <v>26</v>
       </c>
       <c r="H21">
         <v>62034211</v>
       </c>
       <c r="I21" t="s">
         <v>27</v>
       </c>
       <c r="J21" t="s">
         <v>28</v>
       </c>
       <c r="K21" s="2">
         <v>18.50</v>
       </c>
       <c r="L21">
-        <v>3.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M21">
         <v>1</v>
       </c>
       <c r="O21" t="s">
         <v>29</v>
       </c>
       <c r="P21" t="s">
         <v>30</v>
       </c>
       <c r="Q21" t="s">
         <v>31</v>
       </c>
       <c r="R21" t="s">
         <v>32</v>
       </c>
       <c r="S21" t="s">
         <v>33</v>
       </c>
       <c r="T21" t="s">
         <v>34</v>
       </c>
       <c r="U21" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>92</v>
       </c>
       <c r="B22" s="1">
-        <v>5036948021703</v>
+        <v>5036948091638</v>
       </c>
       <c r="C22" t="s">
         <v>93</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>94</v>
       </c>
       <c r="G22" t="s">
         <v>26</v>
       </c>
       <c r="H22">
         <v>62034211</v>
       </c>
       <c r="I22" t="s">
         <v>27</v>
       </c>
       <c r="J22" t="s">
         <v>28</v>
       </c>
       <c r="K22" s="2">
         <v>18.50</v>
       </c>
       <c r="L22">
-        <v>0.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M22">
         <v>1</v>
       </c>
       <c r="O22" t="s">
         <v>29</v>
       </c>
       <c r="P22" t="s">
         <v>30</v>
       </c>
       <c r="Q22" t="s">
         <v>31</v>
       </c>
       <c r="R22" t="s">
         <v>32</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
       <c r="U22" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>95</v>
       </c>
       <c r="B23" s="1">
-        <v>5036948091638</v>
+        <v>5036948115877</v>
       </c>
       <c r="C23" t="s">
         <v>96</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>97</v>
       </c>
       <c r="G23" t="s">
         <v>26</v>
       </c>
       <c r="H23">
         <v>62034211</v>
       </c>
       <c r="I23" t="s">
         <v>27</v>
       </c>
       <c r="J23" t="s">
         <v>28</v>
       </c>
       <c r="K23" s="2">
         <v>18.50</v>
       </c>
       <c r="L23">
-        <v>0.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M23">
         <v>1</v>
       </c>
       <c r="O23" t="s">
         <v>29</v>
       </c>
       <c r="P23" t="s">
         <v>30</v>
       </c>
       <c r="Q23" t="s">
         <v>31</v>
       </c>
       <c r="R23" t="s">
         <v>32</v>
       </c>
       <c r="S23" t="s">
         <v>33</v>
       </c>
       <c r="T23" t="s">
         <v>34</v>
       </c>
       <c r="U23" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>98</v>
       </c>
       <c r="B24" s="1">
-        <v>5036948115877</v>
+        <v>5036948091645</v>
       </c>
       <c r="C24" t="s">
         <v>99</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24" t="s">
         <v>100</v>
       </c>
       <c r="G24" t="s">
         <v>26</v>
       </c>
       <c r="H24">
         <v>62034211</v>
       </c>
       <c r="I24" t="s">
         <v>27</v>
       </c>
       <c r="J24" t="s">
         <v>28</v>
       </c>
@@ -1946,51 +1937,51 @@
         <v>30</v>
       </c>
       <c r="Q24" t="s">
         <v>31</v>
       </c>
       <c r="R24" t="s">
         <v>32</v>
       </c>
       <c r="S24" t="s">
         <v>33</v>
       </c>
       <c r="T24" t="s">
         <v>34</v>
       </c>
       <c r="U24" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="1">
-        <v>5036948091645</v>
+        <v>5036948115884</v>
       </c>
       <c r="C25" t="s">
         <v>102</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" t="s">
         <v>103</v>
       </c>
       <c r="G25" t="s">
         <v>26</v>
       </c>
       <c r="H25">
         <v>62034211</v>
       </c>
       <c r="I25" t="s">
         <v>27</v>
       </c>
       <c r="J25" t="s">
         <v>28</v>
       </c>
@@ -2000,113 +1991,49 @@
       <c r="L25">
         <v>0.00000</v>
       </c>
       <c r="M25">
         <v>1</v>
       </c>
       <c r="O25" t="s">
         <v>29</v>
       </c>
       <c r="P25" t="s">
         <v>30</v>
       </c>
       <c r="Q25" t="s">
         <v>31</v>
       </c>
       <c r="R25" t="s">
         <v>32</v>
       </c>
       <c r="S25" t="s">
         <v>33</v>
       </c>
       <c r="T25" t="s">
         <v>34</v>
       </c>
       <c r="U25" t="inlineStr">
-        <is>
-[...62 lines deleted...]
-      <c r="U26" t="inlineStr">
         <is>
           <t>TuffStuff Pro Work Trousers, built with triple stitching, 330gsm thickness and polyester/cotton material for a truly hardwearing pair of work trousers. Including pockets for kneepads, phone and nails. Perfect for handymen and busy workers alike.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>