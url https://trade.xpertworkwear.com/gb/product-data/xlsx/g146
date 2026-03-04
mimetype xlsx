--- v0 (2025-10-25)
+++ v1 (2026-03-04)
@@ -441,51 +441,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034211</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>25.95</v>
       </c>
       <c r="L2">
-        <v>3.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>
@@ -569,51 +569,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034211</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>25.95</v>
       </c>
       <c r="L4">
-        <v>15.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>
@@ -633,51 +633,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034211</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>25.95</v>
       </c>
       <c r="L5">
-        <v>8.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>
@@ -697,51 +697,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62034211</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>25.95</v>
       </c>
       <c r="L6">
-        <v>13.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>
@@ -761,51 +761,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62034211</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>25.95</v>
       </c>
       <c r="L7">
-        <v>9.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>
@@ -825,51 +825,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62034211</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>25.95</v>
       </c>
       <c r="L8">
-        <v>16.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>
@@ -889,51 +889,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>62034211</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>25.95</v>
       </c>
       <c r="L9">
-        <v>16.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M9">
         <v>20</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>
@@ -953,51 +953,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>62034211</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>25.95</v>
       </c>
       <c r="L10">
-        <v>17.00000</v>
+        <v>13.00000</v>
       </c>
       <c r="M10">
         <v>20</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
         <v>33</v>
       </c>
       <c r="T10" t="s">
         <v>34</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>
@@ -1081,51 +1081,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>64</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>62034211</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>25.95</v>
       </c>
       <c r="L12">
-        <v>10.00000</v>
+        <v>16.00000</v>
       </c>
       <c r="M12">
         <v>20</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="R12" t="s">
         <v>32</v>
       </c>
       <c r="S12" t="s">
         <v>33</v>
       </c>
       <c r="T12" t="s">
         <v>34</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>
@@ -1145,51 +1145,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>67</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>62034211</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>25.95</v>
       </c>
       <c r="L13">
-        <v>8.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M13">
         <v>20</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="R13" t="s">
         <v>32</v>
       </c>
       <c r="S13" t="s">
         <v>33</v>
       </c>
       <c r="T13" t="s">
         <v>34</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>
@@ -1209,51 +1209,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>70</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>62034211</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>25.95</v>
       </c>
       <c r="L14">
-        <v>9.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M14">
         <v>1</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="R14" t="s">
         <v>32</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
       <c r="T14" t="s">
         <v>34</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>
@@ -1273,51 +1273,51 @@
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" t="s">
         <v>73</v>
       </c>
       <c r="G15" t="s">
         <v>26</v>
       </c>
       <c r="H15">
         <v>62034211</v>
       </c>
       <c r="I15" t="s">
         <v>27</v>
       </c>
       <c r="J15" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="2">
         <v>25.95</v>
       </c>
       <c r="L15">
-        <v>6.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M15">
         <v>1</v>
       </c>
       <c r="O15" t="s">
         <v>29</v>
       </c>
       <c r="P15" t="s">
         <v>30</v>
       </c>
       <c r="Q15" t="s">
         <v>31</v>
       </c>
       <c r="R15" t="s">
         <v>32</v>
       </c>
       <c r="S15" t="s">
         <v>33</v>
       </c>
       <c r="T15" t="s">
         <v>34</v>
       </c>
       <c r="U15" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>
@@ -1337,51 +1337,51 @@
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>76</v>
       </c>
       <c r="G16" t="s">
         <v>26</v>
       </c>
       <c r="H16">
         <v>62034211</v>
       </c>
       <c r="I16" t="s">
         <v>27</v>
       </c>
       <c r="J16" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="2">
         <v>25.95</v>
       </c>
       <c r="L16">
-        <v>8.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M16">
         <v>1</v>
       </c>
       <c r="O16" t="s">
         <v>29</v>
       </c>
       <c r="P16" t="s">
         <v>30</v>
       </c>
       <c r="Q16" t="s">
         <v>31</v>
       </c>
       <c r="R16" t="s">
         <v>32</v>
       </c>
       <c r="S16" t="s">
         <v>33</v>
       </c>
       <c r="T16" t="s">
         <v>34</v>
       </c>
       <c r="U16" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>
@@ -1465,51 +1465,51 @@
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>82</v>
       </c>
       <c r="G18" t="s">
         <v>26</v>
       </c>
       <c r="H18">
         <v>62034211</v>
       </c>
       <c r="I18" t="s">
         <v>27</v>
       </c>
       <c r="J18" t="s">
         <v>28</v>
       </c>
       <c r="K18" s="2">
         <v>25.95</v>
       </c>
       <c r="L18">
-        <v>2.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M18">
         <v>1</v>
       </c>
       <c r="O18" t="s">
         <v>29</v>
       </c>
       <c r="P18" t="s">
         <v>30</v>
       </c>
       <c r="Q18" t="s">
         <v>31</v>
       </c>
       <c r="R18" t="s">
         <v>32</v>
       </c>
       <c r="S18" t="s">
         <v>33</v>
       </c>
       <c r="T18" t="s">
         <v>34</v>
       </c>
       <c r="U18" t="inlineStr">
         <is>
           <t>Tuffstuff X-Motion Work Trouser, 250gsm 65% Polyester and 35% Cotton mix with X-Motion Polyamide stretch panels for superior comfort &amp; flexibility.  These are tough, triple stitched seam work trousers with abrasion resistant Tufftex trim on the main wear areas, a YKK zip fly, handy knee pad pockets and easy access holster pockets.  These hard-wearing and flexible work trousers also feature secure zipped rear &amp; cargo pockets as well as numerous tool pockets, making them very practical.</t>