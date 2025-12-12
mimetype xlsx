--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -321,51 +321,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>61091000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>9.25</v>
       </c>
       <c r="L2">
-        <v>4.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>This stylish TuffStuff Basewear Top provides a thermal underlay to help you retain body heat and keep warmer while working outside. Made using a premium four-way stretch fabric, a perfect fit is guaranteed while allowing you to wear your usual jumper or shirts over the top of it. This fast wicking and breathable base layer top is sure to keep you feeling comfortable all day.</t>
         </is>
       </c>
     </row>
@@ -382,51 +382,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>61091000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>9.25</v>
       </c>
       <c r="L3">
-        <v>5.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>This stylish TuffStuff Basewear Top provides a thermal underlay to help you retain body heat and keep warmer while working outside. Made using a premium four-way stretch fabric, a perfect fit is guaranteed while allowing you to wear your usual jumper or shirts over the top of it. This fast wicking and breathable base layer top is sure to keep you feeling comfortable all day.</t>
         </is>
       </c>
     </row>
@@ -443,51 +443,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>61091000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>9.25</v>
       </c>
       <c r="L4">
-        <v>3.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>This stylish TuffStuff Basewear Top provides a thermal underlay to help you retain body heat and keep warmer while working outside. Made using a premium four-way stretch fabric, a perfect fit is guaranteed while allowing you to wear your usual jumper or shirts over the top of it. This fast wicking and breathable base layer top is sure to keep you feeling comfortable all day.</t>
         </is>
       </c>
     </row>
@@ -504,51 +504,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>61091000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>9.25</v>
       </c>
       <c r="L5">
-        <v>1.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>This stylish TuffStuff Basewear Top provides a thermal underlay to help you retain body heat and keep warmer while working outside. Made using a premium four-way stretch fabric, a perfect fit is guaranteed while allowing you to wear your usual jumper or shirts over the top of it. This fast wicking and breathable base layer top is sure to keep you feeling comfortable all day.</t>
         </is>
       </c>
     </row>
@@ -565,51 +565,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>61091000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>9.25</v>
       </c>
       <c r="L6">
-        <v>2.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>This stylish TuffStuff Basewear Top provides a thermal underlay to help you retain body heat and keep warmer while working outside. Made using a premium four-way stretch fabric, a perfect fit is guaranteed while allowing you to wear your usual jumper or shirts over the top of it. This fast wicking and breathable base layer top is sure to keep you feeling comfortable all day.</t>
         </is>
       </c>
     </row>