--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -330,51 +330,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034919</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>10.95</v>
       </c>
       <c r="L2">
-        <v>28.00000</v>
+        <v>15.00000</v>
       </c>
       <c r="M2">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Fort Flex Waterproof Trousers, built to withstand the most treacherous of conditions. Fully waterproof and stretchable PU tricot fabric, with elasticated waist and ankle adjustments to ensure the most comfortable fit.</t>
         </is>
       </c>
     </row>
@@ -391,51 +391,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034919</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>10.95</v>
       </c>
       <c r="L3">
-        <v>33.00000</v>
+        <v>19.00000</v>
       </c>
       <c r="M3">
         <v>30</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Fort Flex Waterproof Trousers, built to withstand the most treacherous of conditions. Fully waterproof and stretchable PU tricot fabric, with elasticated waist and ankle adjustments to ensure the most comfortable fit.</t>
         </is>
       </c>
     </row>
@@ -452,51 +452,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034919</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>10.95</v>
       </c>
       <c r="L4">
-        <v>48.00000</v>
+        <v>14.00000</v>
       </c>
       <c r="M4">
         <v>30</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Fort Flex Waterproof Trousers, built to withstand the most treacherous of conditions. Fully waterproof and stretchable PU tricot fabric, with elasticated waist and ankle adjustments to ensure the most comfortable fit.</t>
         </is>
       </c>
     </row>
@@ -513,51 +513,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034919</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>10.95</v>
       </c>
       <c r="L5">
-        <v>16.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M5">
         <v>30</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Fort Flex Waterproof Trousers, built to withstand the most treacherous of conditions. Fully waterproof and stretchable PU tricot fabric, with elasticated waist and ankle adjustments to ensure the most comfortable fit.</t>
         </is>
       </c>
     </row>
@@ -574,51 +574,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62034919</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>10.95</v>
       </c>
       <c r="L6">
-        <v>10.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Fort Flex Waterproof Trousers, built to withstand the most treacherous of conditions. Fully waterproof and stretchable PU tricot fabric, with elasticated waist and ankle adjustments to ensure the most comfortable fit.</t>
         </is>
       </c>
     </row>
@@ -635,51 +635,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62034919</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>10.95</v>
       </c>
       <c r="L7">
-        <v>7.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Fort Flex Waterproof Trousers, built to withstand the most treacherous of conditions. Fully waterproof and stretchable PU tricot fabric, with elasticated waist and ankle adjustments to ensure the most comfortable fit.</t>
         </is>
       </c>
     </row>