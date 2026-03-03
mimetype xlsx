--- v1 (2025-12-12)
+++ v2 (2026-03-03)
@@ -330,51 +330,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034919</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>10.95</v>
       </c>
       <c r="L2">
-        <v>15.00000</v>
+        <v>36.00000</v>
       </c>
       <c r="M2">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Fort Flex Waterproof Trousers, built to withstand the most treacherous of conditions. Fully waterproof and stretchable PU tricot fabric, with elasticated waist and ankle adjustments to ensure the most comfortable fit.</t>
         </is>
       </c>
     </row>
@@ -391,51 +391,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034919</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>10.95</v>
       </c>
       <c r="L3">
-        <v>19.00000</v>
+        <v>29.00000</v>
       </c>
       <c r="M3">
         <v>30</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Fort Flex Waterproof Trousers, built to withstand the most treacherous of conditions. Fully waterproof and stretchable PU tricot fabric, with elasticated waist and ankle adjustments to ensure the most comfortable fit.</t>
         </is>
       </c>
     </row>
@@ -452,51 +452,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034919</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>10.95</v>
       </c>
       <c r="L4">
-        <v>14.00000</v>
+        <v>36.00000</v>
       </c>
       <c r="M4">
         <v>30</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Fort Flex Waterproof Trousers, built to withstand the most treacherous of conditions. Fully waterproof and stretchable PU tricot fabric, with elasticated waist and ankle adjustments to ensure the most comfortable fit.</t>
         </is>
       </c>
     </row>
@@ -513,51 +513,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034919</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>10.95</v>
       </c>
       <c r="L5">
-        <v>12.00000</v>
+        <v>36.00000</v>
       </c>
       <c r="M5">
         <v>30</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Fort Flex Waterproof Trousers, built to withstand the most treacherous of conditions. Fully waterproof and stretchable PU tricot fabric, with elasticated waist and ankle adjustments to ensure the most comfortable fit.</t>
         </is>
       </c>
     </row>
@@ -574,51 +574,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62034919</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>10.95</v>
       </c>
       <c r="L6">
-        <v>5.00000</v>
+        <v>14.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Fort Flex Waterproof Trousers, built to withstand the most treacherous of conditions. Fully waterproof and stretchable PU tricot fabric, with elasticated waist and ankle adjustments to ensure the most comfortable fit.</t>
         </is>
       </c>
     </row>
@@ -635,51 +635,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62034919</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>10.95</v>
       </c>
       <c r="L7">
-        <v>2.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Fort Flex Waterproof Trousers, built to withstand the most treacherous of conditions. Fully waterproof and stretchable PU tricot fabric, with elasticated waist and ankle adjustments to ensure the most comfortable fit.</t>
         </is>
       </c>
     </row>