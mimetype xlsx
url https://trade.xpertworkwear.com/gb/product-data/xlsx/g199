--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -434,51 +434,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>74.95</v>
       </c>
       <c r="L4">
-        <v>9.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Mack Bulldog Lace Up Boots are a popular choice with hikers and workmen alike. The 6" lace-up, hiking style boots are designed and built with durability and toughness in mind. Water resistant cowhide upper, full Cambrelle lining and a steel toe cap ensure your feet not only stay warm, but safe and dry too!</t>