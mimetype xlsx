--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -276,51 +276,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>61159500</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>6.50</v>
       </c>
       <c r="L2">
-        <v>120.00000</v>
+        <v>168.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Commando Half Hose Wool Rich Socks are the first line of defence for your feet. Designed to exacting NATO defence standards they are the ultimate in hardwearing performance. Made from wool-rich yarn, great for all outdoor pursuits.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">