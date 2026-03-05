--- v1 (2025-12-12)
+++ v2 (2026-03-05)
@@ -276,51 +276,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>61159500</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>6.50</v>
       </c>
       <c r="L2">
-        <v>168.00000</v>
+        <v>119.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Commando Half Hose Wool Rich Socks are the first line of defence for your feet. Designed to exacting NATO defence standards they are the ultimate in hardwearing performance. Made from wool-rich yarn, great for all outdoor pursuits.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">