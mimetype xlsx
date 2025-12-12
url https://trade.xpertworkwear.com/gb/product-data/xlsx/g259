--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -173,51 +173,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W3"/>
   <cols>
     <col min="1" max="1" width="16"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="36"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="32"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="12"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="10"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="22"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="31"/>
     <col min="18" max="18" width="10"/>
     <col min="19" max="19" width="10"/>
     <col min="20" max="20" width="10"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -285,51 +285,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>61159500</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>6.50</v>
       </c>
       <c r="L2">
-        <v>60.00000</v>
+        <v>133.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Commando Half Hose Wool Rich Socks are the first line of defence for your feet. Designed to exacting NATO defence standards they are the ultimate in hardwearing performance. Made from wool-rich yarn, great for all outdoor pursuits.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>31</v>
       </c>
       <c r="B3" s="1">
         <v>5033840168178</v>
@@ -340,51 +340,51 @@
       <c r="D3" t="s">
         <v>21</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
         <v>25</v>
       </c>
       <c r="H3">
         <v>61159500</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="2">
         <v>6.50</v>
       </c>
       <c r="L3">
-        <v>32.00000</v>
+        <v>54.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Commando Half Hose Wool Rich Socks are the first line of defence for your feet. Designed to exacting NATO defence standards they are the ultimate in hardwearing performance. Made from wool-rich yarn, great for all outdoor pursuits.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">