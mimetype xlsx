--- v1 (2025-12-12)
+++ v2 (2026-03-05)
@@ -285,51 +285,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>61159500</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>6.50</v>
       </c>
       <c r="L2">
-        <v>133.00000</v>
+        <v>104.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Commando Half Hose Wool Rich Socks are the first line of defence for your feet. Designed to exacting NATO defence standards they are the ultimate in hardwearing performance. Made from wool-rich yarn, great for all outdoor pursuits.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>31</v>
       </c>
       <c r="B3" s="1">
         <v>5033840168178</v>
@@ -340,51 +340,51 @@
       <c r="D3" t="s">
         <v>21</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
         <v>25</v>
       </c>
       <c r="H3">
         <v>61159500</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="2">
         <v>6.50</v>
       </c>
       <c r="L3">
-        <v>54.00000</v>
+        <v>15.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Commando Half Hose Wool Rich Socks are the first line of defence for your feet. Designed to exacting NATO defence standards they are the ultimate in hardwearing performance. Made from wool-rich yarn, great for all outdoor pursuits.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">