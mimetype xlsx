--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -276,51 +276,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>61159500</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>4.50</v>
       </c>
       <c r="L2">
-        <v>658.00000</v>
+        <v>472.00000</v>
       </c>
       <c r="M2">
         <v>48</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="R2" t="s">
         <v>30</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>A pack of 3 Work Socks by JCB. Built for trade professionals on their feet all day, with a re-enforced heel, hard-wearing cotton blend material and known to be highly comfortable.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>