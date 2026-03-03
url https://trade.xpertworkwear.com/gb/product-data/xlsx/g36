--- v0 (2025-10-26)
+++ v1 (2026-03-03)
@@ -391,51 +391,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>16.95</v>
       </c>
       <c r="L3">
-        <v>25.00000</v>
+        <v>14.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Fort Selkirk Softshell Jacket, made from waterproof, windproof, breathable, and high-stretch fabric is not only stylish and comfortable but is fleece-lined for extra warmth. This work jacket also features handy zip fastening front pockets and adjustable cuffs for extra comfort.</t>
         </is>
       </c>
     </row>
@@ -452,51 +452,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>16.95</v>
       </c>
       <c r="L4">
-        <v>25.00000</v>
+        <v>18.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Fort Selkirk Softshell Jacket, made from waterproof, windproof, breathable, and high-stretch fabric is not only stylish and comfortable but is fleece-lined for extra warmth. This work jacket also features handy zip fastening front pockets and adjustable cuffs for extra comfort.</t>
         </is>
       </c>
     </row>
@@ -513,51 +513,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>16.95</v>
       </c>
       <c r="L5">
-        <v>24.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>Fort Selkirk Softshell Jacket, made from waterproof, windproof, breathable, and high-stretch fabric is not only stylish and comfortable but is fleece-lined for extra warmth. This work jacket also features handy zip fastening front pockets and adjustable cuffs for extra comfort.</t>
         </is>
       </c>
     </row>
@@ -635,51 +635,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>16.95</v>
       </c>
       <c r="L7">
-        <v>4.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>Fort Selkirk Softshell Jacket, made from waterproof, windproof, breathable, and high-stretch fabric is not only stylish and comfortable but is fleece-lined for extra warmth. This work jacket also features handy zip fastening front pockets and adjustable cuffs for extra comfort.</t>
         </is>
       </c>
     </row>