--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -221,51 +221,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W7"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="58"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="44"/>
     <col min="6" max="6" width="12"/>
     <col min="7" max="7" width="7"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="25"/>
     <col min="15" max="15" width="34"/>
     <col min="16" max="16" width="60"/>
     <col min="17" max="17" width="40"/>
     <col min="18" max="18" width="56"/>
     <col min="19" max="19" width="44"/>
     <col min="20" max="20" width="10"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64029905</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>43.95</v>
       </c>
       <c r="L3">
-        <v>9.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Good looking design and complete safety package; the Proman Atlanta Safety Trainer. Built with protective toecap and midsoles, this Proman safety trainer is both lightweight and comfortable to wear during the working week. Developed using innovative materials such as water repellent upper, shop absorbing rubber outsole, fatigue comfort footbed... and the added benefit of looking good at the same time.</t>
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64029905</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>43.95</v>
       </c>
       <c r="L4">
-        <v>12.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Good looking design and complete safety package; the Proman Atlanta Safety Trainer. Built with protective toecap and midsoles, this Proman safety trainer is both lightweight and comfortable to wear during the working week. Developed using innovative materials such as water repellent upper, shop absorbing rubber outsole, fatigue comfort footbed... and the added benefit of looking good at the same time.</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64029905</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>43.95</v>
       </c>
       <c r="L5">
-        <v>7.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>Good looking design and complete safety package; the Proman Atlanta Safety Trainer. Built with protective toecap and midsoles, this Proman safety trainer is both lightweight and comfortable to wear during the working week. Developed using innovative materials such as water repellent upper, shop absorbing rubber outsole, fatigue comfort footbed... and the added benefit of looking good at the same time.</t>
@@ -589,51 +589,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64029905</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>43.95</v>
       </c>
       <c r="L6">
-        <v>2.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6" t="s">
         <v>33</v>
       </c>
       <c r="S6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Good looking design and complete safety package; the Proman Atlanta Safety Trainer. Built with protective toecap and midsoles, this Proman safety trainer is both lightweight and comfortable to wear during the working week. Developed using innovative materials such as water repellent upper, shop absorbing rubber outsole, fatigue comfort footbed... and the added benefit of looking good at the same time.</t>
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64029905</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>43.95</v>
       </c>
       <c r="L7">
-        <v>2.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>Good looking design and complete safety package; the Proman Atlanta Safety Trainer. Built with protective toecap and midsoles, this Proman safety trainer is both lightweight and comfortable to wear during the working week. Developed using innovative materials such as water repellent upper, shop absorbing rubber outsole, fatigue comfort footbed... and the added benefit of looking good at the same time.</t>