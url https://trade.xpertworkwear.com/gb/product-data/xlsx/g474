--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -336,51 +336,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>62033911</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>19.95</v>
       </c>
       <c r="L2">
-        <v>13.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="N2" t="s">
         <v>28</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -397,51 +397,51 @@
       <c r="C3" t="s">
         <v>35</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="H3">
         <v>62033911</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="2">
         <v>19.95</v>
       </c>
       <c r="L3">
-        <v>9.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="N3" t="s">
         <v>28</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -458,51 +458,51 @@
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="H4">
         <v>62033911</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="2">
         <v>19.95</v>
       </c>
       <c r="L4">
-        <v>13.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="N4" t="s">
         <v>28</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -519,51 +519,51 @@
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="H5">
         <v>62033911</v>
       </c>
       <c r="I5" t="s">
         <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="2">
         <v>19.95</v>
       </c>
       <c r="L5">
-        <v>9.00000</v>
+        <v>14.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -580,51 +580,51 @@
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="H6">
         <v>62033911</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="2">
         <v>19.95</v>
       </c>
       <c r="L6">
-        <v>3.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -641,51 +641,51 @@
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="H7">
         <v>62033911</v>
       </c>
       <c r="I7" t="s">
         <v>26</v>
       </c>
       <c r="J7" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="2">
         <v>19.95</v>
       </c>
       <c r="L7">
-        <v>2.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -702,51 +702,51 @@
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>51</v>
       </c>
       <c r="H8">
         <v>62033911</v>
       </c>
       <c r="I8" t="s">
         <v>26</v>
       </c>
       <c r="J8" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="2">
         <v>19.95</v>
       </c>
       <c r="L8">
-        <v>1.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>