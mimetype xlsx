--- v1 (2025-12-12)
+++ v2 (2026-03-08)
@@ -336,51 +336,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>62033911</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>19.95</v>
       </c>
       <c r="L2">
-        <v>5.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="N2" t="s">
         <v>28</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -397,51 +397,51 @@
       <c r="C3" t="s">
         <v>35</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="H3">
         <v>62033911</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="2">
         <v>19.95</v>
       </c>
       <c r="L3">
-        <v>8.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="N3" t="s">
         <v>28</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -458,51 +458,51 @@
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="H4">
         <v>62033911</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="2">
         <v>19.95</v>
       </c>
       <c r="L4">
-        <v>12.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="N4" t="s">
         <v>28</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -519,51 +519,51 @@
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="H5">
         <v>62033911</v>
       </c>
       <c r="I5" t="s">
         <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="2">
         <v>19.95</v>
       </c>
       <c r="L5">
-        <v>14.00000</v>
+        <v>17.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -580,51 +580,51 @@
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="H6">
         <v>62033911</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="2">
         <v>19.95</v>
       </c>
       <c r="L6">
-        <v>7.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -641,51 +641,51 @@
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="H7">
         <v>62033911</v>
       </c>
       <c r="I7" t="s">
         <v>26</v>
       </c>
       <c r="J7" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="2">
         <v>19.95</v>
       </c>
       <c r="L7">
-        <v>0.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -702,51 +702,51 @@
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>51</v>
       </c>
       <c r="H8">
         <v>62033911</v>
       </c>
       <c r="I8" t="s">
         <v>26</v>
       </c>
       <c r="J8" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="2">
         <v>19.95</v>
       </c>
       <c r="L8">
-        <v>0.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Reflective Hi-Vis Bomber Jacket adds another level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>