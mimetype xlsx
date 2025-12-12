--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -239,51 +239,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W9"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="32"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="26"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="8"/>
+    <col min="12" max="12" width="9"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="32"/>
     <col min="16" max="16" width="39"/>
     <col min="17" max="17" width="60"/>
     <col min="18" max="18" width="46"/>
     <col min="19" max="19" width="40"/>
     <col min="20" max="20" width="54"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -415,51 +415,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62052000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>5.95</v>
       </c>
       <c r="L3">
-        <v>8.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -479,51 +479,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62052000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>5.95</v>
       </c>
       <c r="L4">
-        <v>6.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -543,51 +543,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62052000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>5.95</v>
       </c>
       <c r="L5">
-        <v>8.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -607,51 +607,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62052000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>5.95</v>
       </c>
       <c r="L6">
-        <v>7.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -671,51 +671,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62052000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>5.95</v>
       </c>
       <c r="L7">
-        <v>5.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>