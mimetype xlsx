--- v1 (2025-12-12)
+++ v2 (2026-03-04)
@@ -348,54 +348,54 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62052000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
-        <v>5.95</v>
+        <v>6.50</v>
       </c>
       <c r="L2">
-        <v>5.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -412,54 +412,54 @@
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62052000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
-        <v>5.95</v>
+        <v>6.50</v>
       </c>
       <c r="L3">
-        <v>12.00000</v>
+        <v>16.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -476,54 +476,54 @@
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62052000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
-        <v>5.95</v>
+        <v>6.50</v>
       </c>
       <c r="L4">
-        <v>8.00000</v>
+        <v>18.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -540,54 +540,54 @@
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62052000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
-        <v>5.95</v>
+        <v>6.50</v>
       </c>
       <c r="L5">
-        <v>12.00000</v>
+        <v>11.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -604,54 +604,54 @@
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62052000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
-        <v>5.95</v>
+        <v>6.50</v>
       </c>
       <c r="L6">
-        <v>5.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -668,54 +668,54 @@
       <c r="C7" t="s">
         <v>48</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62052000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
-        <v>5.95</v>
+        <v>6.50</v>
       </c>
       <c r="L7">
-        <v>4.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -732,54 +732,54 @@
       <c r="C8" t="s">
         <v>51</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62052000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
-        <v>5.95</v>
+        <v>6.50</v>
       </c>
       <c r="L8">
-        <v>5.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>A really high quality, premium weight polo; the Orn Eagle Premium Poloshirt. With a knitted collar and a well-padded taped neckline for comfort. A rod design that runs along the collar and cuffed sleeves. Makes for a trendy polo shirt that can be worn to work, out on the weekend or general wear. Orn Work Clothing is designed to endure. One of the UK's leading suppliers of durable, comfortable and economical work clothing, the Orn range will not only stand the test of time but also lends itself perfectly for embroidery and personalisation.</t>
@@ -796,51 +796,51 @@
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>62052000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
-        <v>5.95</v>
+        <v>6.50</v>
       </c>
       <c r="L9">
         <v>5.00000</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>