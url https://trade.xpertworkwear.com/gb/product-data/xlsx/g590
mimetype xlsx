--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -589,51 +589,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62024010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>29.95</v>
       </c>
       <c r="L6">
-        <v>3.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>A fantastic all year round jacket, whatever the weather; the Regatta Tyler Quilted Jacket. Engineered using a quilted water repellent polyester micro poplin material which keeps you both dry and warm, with an extra layer of Thermo-Guard insulation, side hand warmer pockets and 160gsm thickness, to keep you warm in the harshest of conditions.</t>