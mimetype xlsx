--- v1 (2025-12-12)
+++ v2 (2026-03-03)
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62024010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>29.95</v>
       </c>
       <c r="L7">
-        <v>0.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>A fantastic all year round jacket, whatever the weather; the Regatta Tyler Quilted Jacket. Engineered using a quilted water repellent polyester micro poplin material which keeps you both dry and warm, with an extra layer of Thermo-Guard insulation, side hand warmer pockets and 160gsm thickness, to keep you warm in the harshest of conditions.</t>