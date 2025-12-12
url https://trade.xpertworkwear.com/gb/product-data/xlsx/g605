--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -817,51 +817,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>62014010</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>20.95</v>
       </c>
       <c r="L9">
-        <v>2.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The Regatta Dover Waterproof Jacket keeps you both warm and dry, however harsh the weather conditions may be. Built with a Waterproof Hydrafort 5000 polyester fabric, an internal fleece lined body and collar ensures a warm feel however cold it may be outside. Including windproof fabric, taped seams, storm flap and so much more. An exceptional choice for a waterproof jacket.</t>