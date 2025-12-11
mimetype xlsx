--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62031990</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>11.50</v>
       </c>
       <c r="L3">
-        <v>4.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>When rain makes an appearance, pull out your trusty packaway overtrousers. The men's overtrousers are waterproof and breathable and come with taped seams to prevent rain getting in. The lightweight trousers come with an elasticated waist, perfect for movement.</t>
@@ -589,51 +589,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62031990</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>11.50</v>
       </c>
       <c r="L6">
-        <v>6.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>When rain makes an appearance, pull out your trusty packaway overtrousers. The men's overtrousers are waterproof and breathable and come with taped seams to prevent rain getting in. The lightweight trousers come with an elasticated waist, perfect for movement.</t>
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62031990</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>11.50</v>
       </c>
       <c r="L7">
-        <v>3.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>When rain makes an appearance, pull out your trusty packaway overtrousers. The men's overtrousers are waterproof and breathable and come with taped seams to prevent rain getting in. The lightweight trousers come with an elasticated waist, perfect for movement.</t>