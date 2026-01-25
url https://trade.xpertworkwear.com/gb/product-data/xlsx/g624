--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -671,51 +671,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62033919</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>9.95</v>
       </c>
       <c r="L7">
-        <v>0.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>Engineered with the Waterproof Hydrafort polyester fabric to keep your kids dry and sheltered in all conditions. The Regatta Kids Stormbreak Jacket has been engineered with the British weather in mind; an integral hood, elasticated cuffs and adjustable shock cord ensure the fit and feel is perfect to your child's needs and liking.</t>
@@ -735,51 +735,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62033919</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>9.95</v>
       </c>
       <c r="L8">
-        <v>7.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>Engineered with the Waterproof Hydrafort polyester fabric to keep your kids dry and sheltered in all conditions. The Regatta Kids Stormbreak Jacket has been engineered with the British weather in mind; an integral hood, elasticated cuffs and adjustable shock cord ensure the fit and feel is perfect to your child's needs and liking.</t>
@@ -799,51 +799,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>62033919</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>9.95</v>
       </c>
       <c r="L9">
-        <v>2.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>Engineered with the Waterproof Hydrafort polyester fabric to keep your kids dry and sheltered in all conditions. The Regatta Kids Stormbreak Jacket has been engineered with the British weather in mind; an integral hood, elasticated cuffs and adjustable shock cord ensure the fit and feel is perfect to your child's needs and liking.</t>