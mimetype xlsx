--- v1 (2026-01-25)
+++ v2 (2026-03-11)
@@ -671,51 +671,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62033919</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>9.95</v>
       </c>
       <c r="L7">
-        <v>1.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>Engineered with the Waterproof Hydrafort polyester fabric to keep your kids dry and sheltered in all conditions. The Regatta Kids Stormbreak Jacket has been engineered with the British weather in mind; an integral hood, elasticated cuffs and adjustable shock cord ensure the fit and feel is perfect to your child's needs and liking.</t>
@@ -735,51 +735,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62033919</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>9.95</v>
       </c>
       <c r="L8">
-        <v>6.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>Engineered with the Waterproof Hydrafort polyester fabric to keep your kids dry and sheltered in all conditions. The Regatta Kids Stormbreak Jacket has been engineered with the British weather in mind; an integral hood, elasticated cuffs and adjustable shock cord ensure the fit and feel is perfect to your child's needs and liking.</t>
@@ -799,51 +799,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>62033919</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>9.95</v>
       </c>
       <c r="L9">
-        <v>3.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>33</v>
       </c>
       <c r="T9" t="s">
         <v>34</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>Engineered with the Waterproof Hydrafort polyester fabric to keep your kids dry and sheltered in all conditions. The Regatta Kids Stormbreak Jacket has been engineered with the British weather in mind; an integral hood, elasticated cuffs and adjustable shock cord ensure the fit and feel is perfect to your child's needs and liking.</t>