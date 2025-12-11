--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -372,51 +372,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>29.95</v>
       </c>
       <c r="L2">
-        <v>43.00000</v>
+        <v>28.00000</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -506,51 +506,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>29.95</v>
       </c>
       <c r="L4">
-        <v>124.00000</v>
+        <v>62.00000</v>
       </c>
       <c r="M4">
         <v>8</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
@@ -573,51 +573,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>29.95</v>
       </c>
       <c r="L5">
-        <v>353.00000</v>
+        <v>268.00000</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
@@ -640,51 +640,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>29.95</v>
       </c>
       <c r="L6">
-        <v>366.00000</v>
+        <v>214.00000</v>
       </c>
       <c r="M6">
         <v>8</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6" t="s">
         <v>33</v>
       </c>
       <c r="S6" t="s">
         <v>34</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
@@ -707,51 +707,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>29.95</v>
       </c>
       <c r="L7">
-        <v>277.00000</v>
+        <v>174.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
@@ -774,51 +774,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>29.95</v>
       </c>
       <c r="L8">
-        <v>73.00000</v>
+        <v>53.00000</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8" t="s">
         <v>30</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
         <v>33</v>
       </c>
       <c r="S8" t="s">
         <v>34</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>
@@ -841,51 +841,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>56</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>29.95</v>
       </c>
       <c r="L9">
-        <v>169.00000</v>
+        <v>98.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9" t="s">
         <v>30</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9" t="s">
         <v>33</v>
       </c>
       <c r="S9" t="s">
         <v>34</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>
@@ -908,51 +908,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>59</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64034000</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>29.95</v>
       </c>
       <c r="L10">
-        <v>81.00000</v>
+        <v>38.00000</v>
       </c>
       <c r="M10">
         <v>8</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10" t="s">
         <v>30</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10" t="s">
         <v>33</v>
       </c>
       <c r="S10" t="s">
         <v>34</v>
       </c>
       <c r="T10" t="s">
         <v>35</v>
       </c>
@@ -975,51 +975,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>62</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64034000</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>29.95</v>
       </c>
       <c r="L11">
-        <v>9.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M11">
         <v>8</v>
       </c>
       <c r="N11" t="s">
         <v>29</v>
       </c>
       <c r="O11" t="s">
         <v>30</v>
       </c>
       <c r="P11" t="s">
         <v>31</v>
       </c>
       <c r="Q11" t="s">
         <v>32</v>
       </c>
       <c r="R11" t="s">
         <v>33</v>
       </c>
       <c r="S11" t="s">
         <v>34</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>