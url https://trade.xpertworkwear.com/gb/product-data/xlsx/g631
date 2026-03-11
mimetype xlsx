--- v1 (2025-12-11)
+++ v2 (2026-03-11)
@@ -372,51 +372,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>29.95</v>
       </c>
       <c r="L2">
-        <v>28.00000</v>
+        <v>15.00000</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -439,51 +439,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>29.95</v>
       </c>
       <c r="L3">
-        <v>0.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -506,51 +506,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>29.95</v>
       </c>
       <c r="L4">
-        <v>62.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M4">
         <v>8</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
@@ -573,51 +573,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>29.95</v>
       </c>
       <c r="L5">
-        <v>268.00000</v>
+        <v>136.00000</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
@@ -640,51 +640,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>29.95</v>
       </c>
       <c r="L6">
-        <v>214.00000</v>
+        <v>176.00000</v>
       </c>
       <c r="M6">
         <v>8</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6" t="s">
         <v>33</v>
       </c>
       <c r="S6" t="s">
         <v>34</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
@@ -707,51 +707,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>29.95</v>
       </c>
       <c r="L7">
-        <v>174.00000</v>
+        <v>150.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
@@ -774,51 +774,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>29.95</v>
       </c>
       <c r="L8">
-        <v>53.00000</v>
+        <v>20.00000</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8" t="s">
         <v>30</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
         <v>33</v>
       </c>
       <c r="S8" t="s">
         <v>34</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>
@@ -841,51 +841,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>56</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>29.95</v>
       </c>
       <c r="L9">
-        <v>98.00000</v>
+        <v>104.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9" t="s">
         <v>30</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9" t="s">
         <v>33</v>
       </c>
       <c r="S9" t="s">
         <v>34</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>
@@ -908,51 +908,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>59</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64034000</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>29.95</v>
       </c>
       <c r="L10">
-        <v>38.00000</v>
+        <v>44.00000</v>
       </c>
       <c r="M10">
         <v>8</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10" t="s">
         <v>30</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
       <c r="Q10" t="s">
         <v>32</v>
       </c>
       <c r="R10" t="s">
         <v>33</v>
       </c>
       <c r="S10" t="s">
         <v>34</v>
       </c>
       <c r="T10" t="s">
         <v>35</v>
       </c>