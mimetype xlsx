--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -324,51 +324,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>61102091</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>17.50</v>
       </c>
       <c r="L2">
-        <v>5.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="R2" t="s">
         <v>31</v>
       </c>
       <c r="S2" t="s">
         <v>32</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>When a Hi Vis Sweatshirt won't suffice, try our Hi Vis Hooded Sweatshirt instead. This versatile garment offers exceptional comfort teamed with maximum Class 3 high visibility protection.</t>
         </is>
       </c>
     </row>
@@ -556,51 +556,51 @@
       <c r="C6" t="s">
         <v>43</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>44</v>
       </c>
       <c r="H6">
         <v>61102091</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="2">
         <v>17.50</v>
       </c>
       <c r="L6">
-        <v>4.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
       <c r="S6" t="s">
         <v>32</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>When a Hi Vis Sweatshirt won't suffice, try our Hi Vis Hooded Sweatshirt instead. This versatile garment offers exceptional comfort teamed with maximum Class 3 high visibility protection.</t>
         </is>
       </c>
     </row>