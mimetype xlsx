--- v1 (2025-12-12)
+++ v2 (2026-03-03)
@@ -324,51 +324,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>61102091</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>17.50</v>
       </c>
       <c r="L2">
-        <v>6.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="R2" t="s">
         <v>31</v>
       </c>
       <c r="S2" t="s">
         <v>32</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>When a Hi Vis Sweatshirt won't suffice, try our Hi Vis Hooded Sweatshirt instead. This versatile garment offers exceptional comfort teamed with maximum Class 3 high visibility protection.</t>
         </is>
       </c>
     </row>