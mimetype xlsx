--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -209,51 +209,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W7"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="41"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="35"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="12"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="8"/>
+    <col min="12" max="12" width="9"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="22"/>
     <col min="16" max="16" width="11"/>
     <col min="17" max="17" width="10"/>
     <col min="18" max="18" width="10"/>
     <col min="19" max="19" width="10"/>
     <col min="20" max="20" width="10"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -321,51 +321,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62031990</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>9.50</v>
       </c>
       <c r="L2">
-        <v>0.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>This Nylon PVC 2 piece Rainsuit ensures you keep dry when working out in the most extreme weather. A popular choice not just for the winter, but even when cleaning materials and equipment to keep your under garments clean and dry.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>31</v>
       </c>
       <c r="B3" s="1">
         <v>5036770183921</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
@@ -373,51 +373,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62031990</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>9.50</v>
       </c>
       <c r="L3">
-        <v>8.00000</v>
+        <v>17.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>This Nylon PVC 2 piece Rainsuit ensures you keep dry when working out in the most extreme weather. A popular choice not just for the winter, but even when cleaning materials and equipment to keep your under garments clean and dry.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="1">
         <v>5036770183938</v>
       </c>
       <c r="C4" t="s">
         <v>35</v>
@@ -425,51 +425,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>36</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62031990</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>9.50</v>
       </c>
       <c r="L4">
-        <v>0.00000</v>
+        <v>19.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>This Nylon PVC 2 piece Rainsuit ensures you keep dry when working out in the most extreme weather. A popular choice not just for the winter, but even when cleaning materials and equipment to keep your under garments clean and dry.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>37</v>
       </c>
       <c r="B5" s="1">
         <v>5036770183945</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
@@ -477,51 +477,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>39</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62031990</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>9.50</v>
       </c>
       <c r="L5">
-        <v>5.00000</v>
+        <v>18.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>This Nylon PVC 2 piece Rainsuit ensures you keep dry when working out in the most extreme weather. A popular choice not just for the winter, but even when cleaning materials and equipment to keep your under garments clean and dry.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="1">
         <v>5036770183952</v>
       </c>
       <c r="C6" t="s">
         <v>41</v>
@@ -529,51 +529,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62031990</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>9.50</v>
       </c>
       <c r="L6">
-        <v>2.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>This Nylon PVC 2 piece Rainsuit ensures you keep dry when working out in the most extreme weather. A popular choice not just for the winter, but even when cleaning materials and equipment to keep your under garments clean and dry.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>43</v>
       </c>
       <c r="B7" s="1">
         <v>5036770183969</v>
       </c>
       <c r="C7" t="s">
         <v>44</v>