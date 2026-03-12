--- v1 (2025-12-12)
+++ v2 (2026-03-12)
@@ -318,314 +318,314 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62031990</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
-        <v>9.50</v>
+        <v>9.95</v>
       </c>
       <c r="L2">
-        <v>3.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>This Nylon PVC 2 piece Rainsuit ensures you keep dry when working out in the most extreme weather. A popular choice not just for the winter, but even when cleaning materials and equipment to keep your under garments clean and dry.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>31</v>
       </c>
       <c r="B3" s="1">
         <v>5036770183921</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62031990</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
-        <v>9.50</v>
+        <v>9.95</v>
       </c>
       <c r="L3">
-        <v>17.00000</v>
+        <v>14.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>This Nylon PVC 2 piece Rainsuit ensures you keep dry when working out in the most extreme weather. A popular choice not just for the winter, but even when cleaning materials and equipment to keep your under garments clean and dry.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="1">
         <v>5036770183938</v>
       </c>
       <c r="C4" t="s">
         <v>35</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>36</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62031990</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
-        <v>9.50</v>
+        <v>9.95</v>
       </c>
       <c r="L4">
-        <v>19.00000</v>
+        <v>23.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>This Nylon PVC 2 piece Rainsuit ensures you keep dry when working out in the most extreme weather. A popular choice not just for the winter, but even when cleaning materials and equipment to keep your under garments clean and dry.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>37</v>
       </c>
       <c r="B5" s="1">
         <v>5036770183945</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>39</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62031990</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
-        <v>9.50</v>
+        <v>9.95</v>
       </c>
       <c r="L5">
-        <v>18.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>This Nylon PVC 2 piece Rainsuit ensures you keep dry when working out in the most extreme weather. A popular choice not just for the winter, but even when cleaning materials and equipment to keep your under garments clean and dry.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="1">
         <v>5036770183952</v>
       </c>
       <c r="C6" t="s">
         <v>41</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62031990</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
-        <v>9.50</v>
+        <v>9.95</v>
       </c>
       <c r="L6">
-        <v>9.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>This Nylon PVC 2 piece Rainsuit ensures you keep dry when working out in the most extreme weather. A popular choice not just for the winter, but even when cleaning materials and equipment to keep your under garments clean and dry.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>43</v>
       </c>
       <c r="B7" s="1">
         <v>5036770183969</v>
       </c>
       <c r="C7" t="s">
         <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>45</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62031990</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
-        <v>9.50</v>
+        <v>9.95</v>
       </c>
       <c r="L7">
-        <v>2.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>This Nylon PVC 2 piece Rainsuit ensures you keep dry when working out in the most extreme weather. A popular choice not just for the winter, but even when cleaning materials and equipment to keep your under garments clean and dry.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>