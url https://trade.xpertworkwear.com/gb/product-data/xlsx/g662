--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -336,51 +336,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>62033911</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>18.95</v>
       </c>
       <c r="L2">
-        <v>2.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="N2" t="s">
         <v>28</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Bomber Jacket adds that extra level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -458,51 +458,51 @@
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="H4">
         <v>62033911</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="2">
         <v>18.95</v>
       </c>
       <c r="L4">
-        <v>6.00000</v>
+        <v>14.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="N4" t="s">
         <v>28</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Bomber Jacket adds that extra level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -519,51 +519,51 @@
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="H5">
         <v>62033911</v>
       </c>
       <c r="I5" t="s">
         <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="2">
         <v>18.95</v>
       </c>
       <c r="L5">
-        <v>5.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Bomber Jacket adds that extra level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -580,51 +580,51 @@
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="H6">
         <v>62033911</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="2">
         <v>18.95</v>
       </c>
       <c r="L6">
-        <v>7.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Bomber Jacket adds that extra level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -641,51 +641,51 @@
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="H7">
         <v>62033911</v>
       </c>
       <c r="I7" t="s">
         <v>26</v>
       </c>
       <c r="J7" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="2">
         <v>18.95</v>
       </c>
       <c r="L7">
-        <v>0.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Bomber Jacket adds that extra level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -702,51 +702,51 @@
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>51</v>
       </c>
       <c r="H8">
         <v>62033911</v>
       </c>
       <c r="I8" t="s">
         <v>26</v>
       </c>
       <c r="J8" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="2">
         <v>18.95</v>
       </c>
       <c r="L8">
-        <v>0.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Bomber Jacket adds that extra level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>