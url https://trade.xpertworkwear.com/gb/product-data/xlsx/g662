--- v1 (2025-12-12)
+++ v2 (2026-03-10)
@@ -336,51 +336,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>62033911</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>18.95</v>
       </c>
       <c r="L2">
-        <v>9.00000</v>
+        <v>11.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="N2" t="s">
         <v>28</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Bomber Jacket adds that extra level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -397,51 +397,51 @@
       <c r="C3" t="s">
         <v>35</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="H3">
         <v>62033911</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="2">
         <v>18.95</v>
       </c>
       <c r="L3">
-        <v>14.00000</v>
+        <v>16.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="N3" t="s">
         <v>28</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Bomber Jacket adds that extra level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -458,51 +458,51 @@
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="H4">
         <v>62033911</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="2">
         <v>18.95</v>
       </c>
       <c r="L4">
-        <v>14.00000</v>
+        <v>21.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="N4" t="s">
         <v>28</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Bomber Jacket adds that extra level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -519,51 +519,51 @@
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="H5">
         <v>62033911</v>
       </c>
       <c r="I5" t="s">
         <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="2">
         <v>18.95</v>
       </c>
       <c r="L5">
-        <v>12.00000</v>
+        <v>14.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Bomber Jacket adds that extra level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -580,51 +580,51 @@
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="H6">
         <v>62033911</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="2">
         <v>18.95</v>
       </c>
       <c r="L6">
-        <v>3.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Bomber Jacket adds that extra level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>
@@ -702,51 +702,51 @@
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>51</v>
       </c>
       <c r="H8">
         <v>62033911</v>
       </c>
       <c r="I8" t="s">
         <v>26</v>
       </c>
       <c r="J8" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="2">
         <v>18.95</v>
       </c>
       <c r="L8">
-        <v>1.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Orange Hi-Vis Bomber Jacket adds that extra level of warmth when working outside and needing to be seen. Engineered with safety and durability in mind, with Heavy duty zip, padding and storm collar with fleece lining makes working outside a pleasure.</t>