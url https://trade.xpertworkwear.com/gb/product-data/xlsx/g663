--- v0 (2025-10-26)
+++ v1 (2026-03-04)
@@ -327,51 +327,51 @@
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" s="2">
         <v>24.95</v>
       </c>
       <c r="L2">
-        <v>5.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="N2" t="s">
         <v>28</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Reflective Hi-Vis Softshell Jacket ensures you remain safe when working and comfortable and warm at the same time. With Water-resistance, windproof and microfleece lining ensure you can keep warm whatever the weather.</t>
@@ -449,51 +449,51 @@
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="2">
         <v>24.95</v>
       </c>
       <c r="L4">
-        <v>7.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="N4" t="s">
         <v>28</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Reflective Hi-Vis Softshell Jacket ensures you remain safe when working and comfortable and warm at the same time. With Water-resistance, windproof and microfleece lining ensure you can keep warm whatever the weather.</t>
@@ -510,51 +510,51 @@
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="2">
         <v>24.95</v>
       </c>
       <c r="L5">
-        <v>8.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>Reflective Hi-Vis Softshell Jacket ensures you remain safe when working and comfortable and warm at the same time. With Water-resistance, windproof and microfleece lining ensure you can keep warm whatever the weather.</t>
@@ -571,51 +571,51 @@
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="2">
         <v>24.95</v>
       </c>
       <c r="L6">
-        <v>5.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Reflective Hi-Vis Softshell Jacket ensures you remain safe when working and comfortable and warm at the same time. With Water-resistance, windproof and microfleece lining ensure you can keep warm whatever the weather.</t>