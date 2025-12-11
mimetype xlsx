--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -230,51 +230,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W8"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="55"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="49"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="10"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="10"/>
+    <col min="12" max="12" width="11"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="60"/>
     <col min="16" max="16" width="58"/>
     <col min="17" max="17" width="60"/>
     <col min="18" max="18" width="56"/>
     <col min="19" max="19" width="60"/>
     <col min="20" max="20" width="54"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -342,51 +342,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>26.95</v>
       </c>
       <c r="L2">
-        <v>202.00000</v>
+        <v>192.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>
@@ -406,51 +406,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>26.95</v>
       </c>
       <c r="L3">
-        <v>266.00000</v>
+        <v>442.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>
@@ -470,51 +470,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>26.95</v>
       </c>
       <c r="L4">
-        <v>618.00000</v>
+        <v>856.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>
@@ -534,51 +534,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>26.95</v>
       </c>
       <c r="L5">
-        <v>779.00000</v>
+        <v>1241.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>
@@ -598,51 +598,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>26.95</v>
       </c>
       <c r="L6">
-        <v>671.00000</v>
+        <v>846.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>26.95</v>
       </c>
       <c r="L7">
-        <v>210.00000</v>
+        <v>530.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>
@@ -726,51 +726,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62014010</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>26.95</v>
       </c>
       <c r="L8">
-        <v>271.00000</v>
+        <v>249.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>