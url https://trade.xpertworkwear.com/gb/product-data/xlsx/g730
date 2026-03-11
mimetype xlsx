--- v1 (2025-12-11)
+++ v2 (2026-03-11)
@@ -342,51 +342,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>26.95</v>
       </c>
       <c r="L2">
-        <v>192.00000</v>
+        <v>177.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>
@@ -406,51 +406,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>26.95</v>
       </c>
       <c r="L3">
-        <v>442.00000</v>
+        <v>366.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>
@@ -470,51 +470,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>26.95</v>
       </c>
       <c r="L4">
-        <v>856.00000</v>
+        <v>700.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>
@@ -534,51 +534,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>26.95</v>
       </c>
       <c r="L5">
-        <v>1241.00000</v>
+        <v>1030.00000</v>
       </c>
       <c r="M5">
         <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>
@@ -598,51 +598,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>26.95</v>
       </c>
       <c r="L6">
-        <v>846.00000</v>
+        <v>690.00000</v>
       </c>
       <c r="M6">
         <v>20</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>26.95</v>
       </c>
       <c r="L7">
-        <v>530.00000</v>
+        <v>446.00000</v>
       </c>
       <c r="M7">
         <v>20</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>
@@ -726,51 +726,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>62014010</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>26.95</v>
       </c>
       <c r="L8">
-        <v>249.00000</v>
+        <v>239.00000</v>
       </c>
       <c r="M8">
         <v>20</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Xpert™ PRO Rip-Stop Insulated Hybrid Jacket is ideal for cold and mild weather, with an extremely tough rip-stop PU coated nylon body and warm softshell sleeves.  The Raglan sleeve design allows for free arm movement when at work, and we’ve made the zipped handwarmer pockets extra deep and fleece lined for an increased cosy touch.  Water resistant and breathable.</t>