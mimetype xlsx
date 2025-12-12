--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -152,51 +152,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W2"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="41"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="41"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="12"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="8"/>
+    <col min="12" max="12" width="9"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="10"/>
     <col min="16" max="16" width="10"/>
     <col min="17" max="17" width="10"/>
     <col min="18" max="18" width="10"/>
     <col min="19" max="19" width="10"/>
     <col min="20" max="20" width="10"/>
     <col min="21" max="21" width="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -264,50 +264,50 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>61159500</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>3.50</v>
       </c>
       <c r="L2">
-        <v>0.00000</v>
+        <v>33.00000</v>
       </c>
       <c r="M2">
         <v>80</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>