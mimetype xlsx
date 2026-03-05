--- v1 (2025-12-12)
+++ v2 (2026-03-05)
@@ -152,51 +152,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W2"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="41"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="41"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="12"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="10"/>
     <col min="16" max="16" width="10"/>
     <col min="17" max="17" width="10"/>
     <col min="18" max="18" width="10"/>
     <col min="19" max="19" width="10"/>
     <col min="20" max="20" width="10"/>
     <col min="21" max="21" width="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -264,50 +264,50 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>61159500</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>3.50</v>
       </c>
       <c r="L2">
-        <v>33.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M2">
         <v>80</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>