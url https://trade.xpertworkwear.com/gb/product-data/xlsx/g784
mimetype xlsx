--- v0 (2025-10-26)
+++ v1 (2026-03-03)
@@ -254,51 +254,51 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="J2" t="s">
         <v>25</v>
       </c>
       <c r="K2" s="1">
         <v>125.00</v>
       </c>
       <c r="L2">
-        <v>3.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>27</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Lightweight, durable, White plastic hanging legs for displaying Work Trousers, Socks, Footwear.  Comes with lanyard at rear for hanging.  Reccomended Garments are 34R Trousers.  Also can stand upside down at the waist  for an attention-grabbing display</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>