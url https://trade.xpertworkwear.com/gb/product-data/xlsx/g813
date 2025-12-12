--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -257,51 +257,51 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="J2" t="s">
         <v>25</v>
       </c>
       <c r="K2" s="1">
         <v>230.00</v>
       </c>
       <c r="L2">
-        <v>2.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>27</v>
       </c>
       <c r="Q2" t="s">
         <v>28</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Faceless matt black male mannequin.  Arms can be positioned forward and backward to eye-level.  Tempered glass base with calf fitting to allow your mannequin to wear shoes.  184 cm Tall.  Reccomended Garments are 34R Trousers, and Small upper garments</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">