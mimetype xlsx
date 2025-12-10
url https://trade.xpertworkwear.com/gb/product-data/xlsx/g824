--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -442,51 +442,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64039191</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>25.95</v>
       </c>
       <c r="L3">
-        <v>6.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="1">
         <v>5060345831405</v>
@@ -552,51 +552,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64039191</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>25.95</v>
       </c>
       <c r="L5">
-        <v>9.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="1">
         <v>5060345831429</v>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64039191</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>25.95</v>
       </c>
       <c r="L7">
-        <v>3.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="1">
         <v>5060345831443</v>
@@ -717,51 +717,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64039191</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>25.95</v>
       </c>
       <c r="L8">
-        <v>25.00000</v>
+        <v>14.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="1">
         <v>5060345831450</v>
@@ -772,51 +772,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>52</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64039191</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>25.95</v>
       </c>
       <c r="L9">
-        <v>62.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M9">
         <v>10</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="1">
         <v>5060345831467</v>
@@ -827,51 +827,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64039191</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>25.95</v>
       </c>
       <c r="L10">
-        <v>18.00000</v>
+        <v>29.00000</v>
       </c>
       <c r="M10">
         <v>10</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>56</v>
       </c>
       <c r="B11" s="1">
         <v>5060345831474</v>
@@ -937,51 +937,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64039191</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>25.95</v>
       </c>
       <c r="L12">
-        <v>0.00000</v>
+        <v>82.00000</v>
       </c>
       <c r="M12">
         <v>10</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="1">
         <v>5060345831498</v>
@@ -992,51 +992,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>64</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64039191</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>25.95</v>
       </c>
       <c r="L13">
-        <v>0.00000</v>
+        <v>34.00000</v>
       </c>
       <c r="M13">
         <v>10</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>65</v>
       </c>
       <c r="B14" s="1">
         <v>5060345838572</v>