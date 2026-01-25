--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -387,51 +387,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64039191</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>25.95</v>
       </c>
       <c r="L2">
-        <v>0.00000</v>
+        <v>20.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="1">
         <v>5060345831399</v>
@@ -442,51 +442,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64039191</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>25.95</v>
       </c>
       <c r="L3">
-        <v>0.00000</v>
+        <v>22.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="1">
         <v>5060345831405</v>
@@ -497,51 +497,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64039191</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>25.95</v>
       </c>
       <c r="L4">
-        <v>0.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="1">
         <v>5060345831412</v>
@@ -607,51 +607,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64039191</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>25.95</v>
       </c>
       <c r="L6">
-        <v>0.00000</v>
+        <v>25.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="1">
         <v>5060345831436</v>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64039191</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>25.95</v>
       </c>
       <c r="L7">
-        <v>0.00000</v>
+        <v>14.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="1">
         <v>5060345831443</v>
@@ -717,51 +717,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64039191</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>25.95</v>
       </c>
       <c r="L8">
-        <v>14.00000</v>
+        <v>20.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="1">
         <v>5060345831450</v>
@@ -772,51 +772,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>52</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64039191</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>25.95</v>
       </c>
       <c r="L9">
-        <v>0.00000</v>
+        <v>32.00000</v>
       </c>
       <c r="M9">
         <v>10</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="1">
         <v>5060345831467</v>
@@ -827,51 +827,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64039191</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>25.95</v>
       </c>
       <c r="L10">
-        <v>29.00000</v>
+        <v>81.00000</v>
       </c>
       <c r="M10">
         <v>10</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>56</v>
       </c>
       <c r="B11" s="1">
         <v>5060345831474</v>
@@ -882,51 +882,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>58</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64039191</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>25.95</v>
       </c>
       <c r="L11">
-        <v>0.00000</v>
+        <v>35.00000</v>
       </c>
       <c r="M11">
         <v>10</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>59</v>
       </c>
       <c r="B12" s="1">
         <v>5060345831481</v>
@@ -937,51 +937,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64039191</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>25.95</v>
       </c>
       <c r="L12">
-        <v>82.00000</v>
+        <v>59.00000</v>
       </c>
       <c r="M12">
         <v>10</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="1">
         <v>5060345831498</v>
@@ -992,51 +992,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>64</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64039191</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>25.95</v>
       </c>
       <c r="L13">
-        <v>34.00000</v>
+        <v>73.00000</v>
       </c>
       <c r="M13">
         <v>10</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>65</v>
       </c>
       <c r="B14" s="1">
         <v>5060345838572</v>
@@ -1047,51 +1047,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>64039191</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>25.95</v>
       </c>
       <c r="L14">
-        <v>0.00000</v>
+        <v>55.00000</v>
       </c>
       <c r="M14">
         <v>10</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">