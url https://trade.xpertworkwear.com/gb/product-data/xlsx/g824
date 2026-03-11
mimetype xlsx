--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -275,51 +275,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W14"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="54"/>
     <col min="6" max="6" width="16"/>
     <col min="7" max="7" width="15"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="10"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="51"/>
     <col min="16" max="16" width="60"/>
     <col min="17" max="17" width="60"/>
     <col min="18" max="18" width="10"/>
     <col min="19" max="19" width="10"/>
     <col min="20" max="20" width="10"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -387,51 +387,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64039191</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>25.95</v>
       </c>
       <c r="L2">
-        <v>20.00000</v>
+        <v>61.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="1">
         <v>5060345831399</v>
@@ -442,51 +442,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64039191</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>25.95</v>
       </c>
       <c r="L3">
-        <v>22.00000</v>
+        <v>88.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="1">
         <v>5060345831405</v>
@@ -497,51 +497,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64039191</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>25.95</v>
       </c>
       <c r="L4">
-        <v>5.00000</v>
+        <v>15.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="1">
         <v>5060345831412</v>
@@ -552,51 +552,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64039191</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>25.95</v>
       </c>
       <c r="L5">
-        <v>0.00000</v>
+        <v>80.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="1">
         <v>5060345831429</v>
@@ -607,51 +607,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64039191</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>25.95</v>
       </c>
       <c r="L6">
-        <v>25.00000</v>
+        <v>76.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="1">
         <v>5060345831436</v>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64039191</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>25.95</v>
       </c>
       <c r="L7">
-        <v>14.00000</v>
+        <v>52.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="1">
         <v>5060345831443</v>
@@ -717,51 +717,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64039191</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>25.95</v>
       </c>
       <c r="L8">
-        <v>20.00000</v>
+        <v>74.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="1">
         <v>5060345831450</v>
@@ -772,51 +772,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>52</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64039191</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>25.95</v>
       </c>
       <c r="L9">
-        <v>32.00000</v>
+        <v>137.00000</v>
       </c>
       <c r="M9">
         <v>10</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="1">
         <v>5060345831467</v>
@@ -827,51 +827,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64039191</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>25.95</v>
       </c>
       <c r="L10">
-        <v>81.00000</v>
+        <v>206.00000</v>
       </c>
       <c r="M10">
         <v>10</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>56</v>
       </c>
       <c r="B11" s="1">
         <v>5060345831474</v>
@@ -882,51 +882,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>58</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64039191</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>25.95</v>
       </c>
       <c r="L11">
-        <v>35.00000</v>
+        <v>135.00000</v>
       </c>
       <c r="M11">
         <v>10</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>59</v>
       </c>
       <c r="B12" s="1">
         <v>5060345831481</v>
@@ -937,51 +937,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64039191</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>25.95</v>
       </c>
       <c r="L12">
-        <v>59.00000</v>
+        <v>132.00000</v>
       </c>
       <c r="M12">
         <v>10</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="1">
         <v>5060345831498</v>
@@ -992,51 +992,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>64</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64039191</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>25.95</v>
       </c>
       <c r="L13">
-        <v>73.00000</v>
+        <v>172.00000</v>
       </c>
       <c r="M13">
         <v>10</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>65</v>
       </c>
       <c r="B14" s="1">
         <v>5060345838572</v>
@@ -1047,51 +1047,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>64039191</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>25.95</v>
       </c>
       <c r="L14">
-        <v>55.00000</v>
+        <v>203.00000</v>
       </c>
       <c r="M14">
         <v>10</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>The Heritage Wrangler Junior Dealer from Xpert™ is a tough little boot for your kids.  Designed by Dads and Farmers, these double elastic gusset boots combine no-nonsense styling with practicality and comfort.  We’ve added additional cushioning within the footbed, and a chunky sole for great grip on uneven surfaces.  The large back puller helps younger ones fit their boots without help, and the durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">