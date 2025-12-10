--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -387,51 +387,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64039191</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>21.95</v>
       </c>
       <c r="L2">
-        <v>16.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="1">
         <v>5060345830996</v>
@@ -442,51 +442,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64039191</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>21.95</v>
       </c>
       <c r="L3">
-        <v>22.00000</v>
+        <v>21.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="1">
         <v>5060345831009</v>
@@ -497,51 +497,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64039191</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>21.95</v>
       </c>
       <c r="L4">
-        <v>10.00000</v>
+        <v>25.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="1">
         <v>5060345831016</v>
@@ -552,51 +552,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64039191</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>21.95</v>
       </c>
       <c r="L5">
-        <v>24.00000</v>
+        <v>41.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="1">
         <v>5060345831023</v>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64039191</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>21.95</v>
       </c>
       <c r="L7">
-        <v>40.00000</v>
+        <v>83.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="1">
         <v>5060345831047</v>
@@ -717,51 +717,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64039191</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>21.95</v>
       </c>
       <c r="L8">
-        <v>32.00000</v>
+        <v>45.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="1">
         <v>5060345831054</v>
@@ -772,51 +772,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>52</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64039191</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>21.95</v>
       </c>
       <c r="L9">
-        <v>94.00000</v>
+        <v>123.00000</v>
       </c>
       <c r="M9">
         <v>10</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="1">
         <v>5060345831061</v>
@@ -827,51 +827,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64039191</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>21.95</v>
       </c>
       <c r="L10">
-        <v>69.00000</v>
+        <v>198.00000</v>
       </c>
       <c r="M10">
         <v>10</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>56</v>
       </c>
       <c r="B11" s="1">
         <v>5060345831078</v>
@@ -882,51 +882,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>58</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64039191</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>21.95</v>
       </c>
       <c r="L11">
-        <v>46.00000</v>
+        <v>75.00000</v>
       </c>
       <c r="M11">
         <v>10</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>59</v>
       </c>
       <c r="B12" s="1">
         <v>5060345831085</v>
@@ -937,51 +937,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64039191</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>21.95</v>
       </c>
       <c r="L12">
-        <v>59.00000</v>
+        <v>93.00000</v>
       </c>
       <c r="M12">
         <v>10</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="1">
         <v>5060345831092</v>
@@ -992,51 +992,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>64</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64039191</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>21.95</v>
       </c>
       <c r="L13">
-        <v>124.00000</v>
+        <v>129.00000</v>
       </c>
       <c r="M13">
         <v>10</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>65</v>
       </c>
       <c r="B14" s="1">
         <v>5060345838558</v>
@@ -1047,51 +1047,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>64039191</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>21.95</v>
       </c>
       <c r="L14">
-        <v>20.00000</v>
+        <v>51.00000</v>
       </c>
       <c r="M14">
         <v>10</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">