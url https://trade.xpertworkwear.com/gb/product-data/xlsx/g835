--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -387,51 +387,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64039191</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>21.95</v>
       </c>
       <c r="L2">
-        <v>0.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="1">
         <v>5060345830996</v>
@@ -442,51 +442,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64039191</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>21.95</v>
       </c>
       <c r="L3">
-        <v>21.00000</v>
+        <v>33.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="1">
         <v>5060345831009</v>
@@ -497,51 +497,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64039191</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>21.95</v>
       </c>
       <c r="L4">
-        <v>25.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="1">
         <v>5060345831016</v>
@@ -552,51 +552,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64039191</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>21.95</v>
       </c>
       <c r="L5">
-        <v>41.00000</v>
+        <v>47.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="1">
         <v>5060345831023</v>
@@ -607,51 +607,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64039191</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>21.95</v>
       </c>
       <c r="L6">
-        <v>65.00000</v>
+        <v>71.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="1">
         <v>5060345831030</v>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64039191</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>21.95</v>
       </c>
       <c r="L7">
-        <v>83.00000</v>
+        <v>79.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="1">
         <v>5060345831047</v>
@@ -717,51 +717,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64039191</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>21.95</v>
       </c>
       <c r="L8">
-        <v>45.00000</v>
+        <v>51.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="1">
         <v>5060345831054</v>
@@ -772,51 +772,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>52</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64039191</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>21.95</v>
       </c>
       <c r="L9">
-        <v>123.00000</v>
+        <v>99.00000</v>
       </c>
       <c r="M9">
         <v>10</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="1">
         <v>5060345831061</v>
@@ -827,51 +827,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64039191</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>21.95</v>
       </c>
       <c r="L10">
-        <v>198.00000</v>
+        <v>206.00000</v>
       </c>
       <c r="M10">
         <v>10</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>56</v>
       </c>
       <c r="B11" s="1">
         <v>5060345831078</v>
@@ -882,51 +882,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>58</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64039191</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>21.95</v>
       </c>
       <c r="L11">
-        <v>75.00000</v>
+        <v>82.00000</v>
       </c>
       <c r="M11">
         <v>10</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>59</v>
       </c>
       <c r="B12" s="1">
         <v>5060345831085</v>
@@ -937,51 +937,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64039191</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>21.95</v>
       </c>
       <c r="L12">
-        <v>93.00000</v>
+        <v>56.00000</v>
       </c>
       <c r="M12">
         <v>10</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="1">
         <v>5060345831092</v>
@@ -992,51 +992,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>64</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64039191</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>21.95</v>
       </c>
       <c r="L13">
-        <v>129.00000</v>
+        <v>128.00000</v>
       </c>
       <c r="M13">
         <v>10</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>65</v>
       </c>
       <c r="B14" s="1">
         <v>5060345838558</v>
@@ -1047,51 +1047,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>64039191</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>21.95</v>
       </c>
       <c r="L14">
-        <v>51.00000</v>
+        <v>92.00000</v>
       </c>
       <c r="M14">
         <v>10</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">