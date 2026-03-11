--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -387,51 +387,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64039191</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>21.95</v>
       </c>
       <c r="L2">
-        <v>12.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M2">
         <v>10</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="1">
         <v>5060345830996</v>
@@ -442,51 +442,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64039191</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>21.95</v>
       </c>
       <c r="L3">
-        <v>33.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M3">
         <v>10</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="1">
         <v>5060345831009</v>
@@ -497,51 +497,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64039191</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>21.95</v>
       </c>
       <c r="L4">
-        <v>7.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="1">
         <v>5060345831016</v>
@@ -552,51 +552,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64039191</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>21.95</v>
       </c>
       <c r="L5">
-        <v>47.00000</v>
+        <v>27.00000</v>
       </c>
       <c r="M5">
         <v>10</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="1">
         <v>5060345831023</v>
@@ -607,51 +607,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64039191</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>21.95</v>
       </c>
       <c r="L6">
-        <v>71.00000</v>
+        <v>49.00000</v>
       </c>
       <c r="M6">
         <v>10</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="1">
         <v>5060345831030</v>
@@ -662,51 +662,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64039191</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>21.95</v>
       </c>
       <c r="L7">
-        <v>79.00000</v>
+        <v>63.00000</v>
       </c>
       <c r="M7">
         <v>10</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="1">
         <v>5060345831047</v>
@@ -717,51 +717,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64039191</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>21.95</v>
       </c>
       <c r="L8">
-        <v>51.00000</v>
+        <v>39.00000</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="O8" t="s">
         <v>29</v>
       </c>
       <c r="P8" t="s">
         <v>30</v>
       </c>
       <c r="Q8" t="s">
         <v>31</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="1">
         <v>5060345831054</v>
@@ -772,51 +772,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>52</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64039191</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>21.95</v>
       </c>
       <c r="L9">
-        <v>99.00000</v>
+        <v>82.00000</v>
       </c>
       <c r="M9">
         <v>10</v>
       </c>
       <c r="O9" t="s">
         <v>29</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
       <c r="Q9" t="s">
         <v>31</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="1">
         <v>5060345831061</v>
@@ -827,51 +827,51 @@
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10">
         <v>64039191</v>
       </c>
       <c r="I10" t="s">
         <v>27</v>
       </c>
       <c r="J10" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="2">
         <v>21.95</v>
       </c>
       <c r="L10">
-        <v>206.00000</v>
+        <v>178.00000</v>
       </c>
       <c r="M10">
         <v>10</v>
       </c>
       <c r="O10" t="s">
         <v>29</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="Q10" t="s">
         <v>31</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>56</v>
       </c>
       <c r="B11" s="1">
         <v>5060345831078</v>
@@ -882,51 +882,51 @@
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>58</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11">
         <v>64039191</v>
       </c>
       <c r="I11" t="s">
         <v>27</v>
       </c>
       <c r="J11" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="2">
         <v>21.95</v>
       </c>
       <c r="L11">
-        <v>82.00000</v>
+        <v>71.00000</v>
       </c>
       <c r="M11">
         <v>10</v>
       </c>
       <c r="O11" t="s">
         <v>29</v>
       </c>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="Q11" t="s">
         <v>31</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>59</v>
       </c>
       <c r="B12" s="1">
         <v>5060345831085</v>
@@ -937,51 +937,51 @@
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12">
         <v>64039191</v>
       </c>
       <c r="I12" t="s">
         <v>27</v>
       </c>
       <c r="J12" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2">
         <v>21.95</v>
       </c>
       <c r="L12">
-        <v>56.00000</v>
+        <v>40.00000</v>
       </c>
       <c r="M12">
         <v>10</v>
       </c>
       <c r="O12" t="s">
         <v>29</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="Q12" t="s">
         <v>31</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="1">
         <v>5060345831092</v>
@@ -992,51 +992,51 @@
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>64</v>
       </c>
       <c r="G13" t="s">
         <v>26</v>
       </c>
       <c r="H13">
         <v>64039191</v>
       </c>
       <c r="I13" t="s">
         <v>27</v>
       </c>
       <c r="J13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2">
         <v>21.95</v>
       </c>
       <c r="L13">
-        <v>128.00000</v>
+        <v>118.00000</v>
       </c>
       <c r="M13">
         <v>10</v>
       </c>
       <c r="O13" t="s">
         <v>29</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="Q13" t="s">
         <v>31</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>65</v>
       </c>
       <c r="B14" s="1">
         <v>5060345838558</v>
@@ -1047,51 +1047,51 @@
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14">
         <v>64039191</v>
       </c>
       <c r="I14" t="s">
         <v>27</v>
       </c>
       <c r="J14" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2">
         <v>21.95</v>
       </c>
       <c r="L14">
-        <v>92.00000</v>
+        <v>75.00000</v>
       </c>
       <c r="M14">
         <v>10</v>
       </c>
       <c r="O14" t="s">
         <v>29</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="Q14" t="s">
         <v>31</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>The Heritage Farrier Junior Chelsea boots from Xpert™ are a durable yet fashionable choice for your kids.  Designed by Dads and Farmers, these Unisex boots will delight both kids and parents with their timeless style and great comfort. We’ve added additional cushioning within the footbed, and a large back puller lets kids fit their boots without help.  The durable TP Rubber sole will ensure your kids grow out before they wear out.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">