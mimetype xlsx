--- v0 (2025-10-26)
+++ v1 (2025-12-10)
@@ -221,51 +221,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W7"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="38"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="32"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="10"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="36"/>
     <col min="16" max="16" width="26"/>
     <col min="17" max="17" width="35"/>
     <col min="18" max="18" width="32"/>
     <col min="19" max="19" width="22"/>
     <col min="20" max="20" width="16"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>36.95</v>
       </c>
       <c r="L2">
-        <v>9.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>36.95</v>
       </c>
       <c r="L3">
-        <v>15.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>36.95</v>
       </c>
       <c r="L4">
-        <v>18.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>36.95</v>
       </c>
       <c r="L5">
-        <v>13.00000</v>
+        <v>2.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -589,51 +589,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>36.95</v>
       </c>
       <c r="L6">
-        <v>5.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>36.95</v>
       </c>
       <c r="L7">
-        <v>4.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>