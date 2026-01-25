--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>36.95</v>
       </c>
       <c r="L2">
-        <v>5.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>36.95</v>
       </c>
       <c r="L3">
-        <v>2.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>36.95</v>
       </c>
       <c r="L5">
-        <v>2.00000</v>
+        <v>9.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>36.95</v>
       </c>
       <c r="L7">
-        <v>3.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>