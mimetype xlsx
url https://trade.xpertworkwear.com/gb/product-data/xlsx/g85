--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -333,51 +333,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>36.95</v>
       </c>
       <c r="L2">
-        <v>0.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -397,51 +397,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>36.95</v>
       </c>
       <c r="L3">
-        <v>6.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -461,51 +461,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>36.95</v>
       </c>
       <c r="L4">
-        <v>3.00000</v>
+        <v>8.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -525,51 +525,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62014010</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>36.95</v>
       </c>
       <c r="L5">
-        <v>9.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -589,51 +589,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62014010</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>36.95</v>
       </c>
       <c r="L6">
-        <v>3.00000</v>
+        <v>4.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="T6" t="s">
         <v>34</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>
@@ -653,51 +653,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62014010</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>36.95</v>
       </c>
       <c r="L7">
-        <v>1.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Cleveland Jacket by TuffStuff, known by many trade professionals for the hardwearing, competitive nature of the brand and its products. Combining modern design with innovative materials to keep your working day comfortable, warm and dry! With a microfibre fleece lining, waterproof and windproof fabric and reflective trim to ensure you can be seen during the later nights!</t>