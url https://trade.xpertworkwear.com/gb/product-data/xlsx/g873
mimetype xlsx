--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -194,51 +194,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W4"/>
   <cols>
     <col min="1" max="1" width="13"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="60"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="18"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="10"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="53"/>
     <col min="16" max="16" width="60"/>
     <col min="17" max="17" width="51"/>
     <col min="18" max="18" width="38"/>
     <col min="19" max="19" width="60"/>
     <col min="20" max="20" width="22"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -306,51 +306,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>11.95</v>
       </c>
       <c r="L2">
-        <v>0.00000</v>
+        <v>298.00000</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Apron is made from the same waterproof and breathable material as our other Stormgear products. Developed for dairy work, the broad chest bib front design gives great protection, and the 3 size options ensure you can find the right fit. Elastic straps with large buckle clips for fast and easy fitting. Washable fabric means you can at least start the day clean, and treated with anti-fungal fabric treatment for improved hygiene.
@@ -371,51 +371,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>11.95</v>
       </c>
       <c r="L3">
-        <v>0.00000</v>
+        <v>446.00000</v>
       </c>
       <c r="M3">
         <v>50</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Apron is made from the same waterproof and breathable material as our other Stormgear products. Developed for dairy work, the broad chest bib front design gives great protection, and the 3 size options ensure you can find the right fit. Elastic straps with large buckle clips for fast and easy fitting. Washable fabric means you can at least start the day clean, and treated with anti-fungal fabric treatment for improved hygiene.
@@ -436,51 +436,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>11.95</v>
       </c>
       <c r="L4">
-        <v>63.00000</v>
+        <v>538.00000</v>
       </c>
       <c r="M4">
         <v>50</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Apron is made from the same waterproof and breathable material as our other Stormgear products. Developed for dairy work, the broad chest bib front design gives great protection, and the 3 size options ensure you can find the right fit. Elastic straps with large buckle clips for fast and easy fitting. Washable fabric means you can at least start the day clean, and treated with anti-fungal fabric treatment for improved hygiene.