--- v1 (2025-12-12)
+++ v2 (2026-03-12)
@@ -306,51 +306,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>11.95</v>
       </c>
       <c r="L2">
-        <v>298.00000</v>
+        <v>73.00000</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Apron is made from the same waterproof and breathable material as our other Stormgear products. Developed for dairy work, the broad chest bib front design gives great protection, and the 3 size options ensure you can find the right fit. Elastic straps with large buckle clips for fast and easy fitting. Washable fabric means you can at least start the day clean, and treated with anti-fungal fabric treatment for improved hygiene.
@@ -371,51 +371,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>11.95</v>
       </c>
       <c r="L3">
-        <v>446.00000</v>
+        <v>266.00000</v>
       </c>
       <c r="M3">
         <v>50</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Apron is made from the same waterproof and breathable material as our other Stormgear products. Developed for dairy work, the broad chest bib front design gives great protection, and the 3 size options ensure you can find the right fit. Elastic straps with large buckle clips for fast and easy fitting. Washable fabric means you can at least start the day clean, and treated with anti-fungal fabric treatment for improved hygiene.
@@ -436,51 +436,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>11.95</v>
       </c>
       <c r="L4">
-        <v>538.00000</v>
+        <v>153.00000</v>
       </c>
       <c r="M4">
         <v>50</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Apron is made from the same waterproof and breathable material as our other Stormgear products. Developed for dairy work, the broad chest bib front design gives great protection, and the 3 size options ensure you can find the right fit. Elastic straps with large buckle clips for fast and easy fitting. Washable fabric means you can at least start the day clean, and treated with anti-fungal fabric treatment for improved hygiene.