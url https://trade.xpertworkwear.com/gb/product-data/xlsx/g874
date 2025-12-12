--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -309,51 +309,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>31.95</v>
       </c>
       <c r="L2">
-        <v>445.00000</v>
+        <v>402.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -377,51 +377,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>31.95</v>
       </c>
       <c r="L3">
-        <v>643.00000</v>
+        <v>553.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -445,51 +445,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>31.95</v>
       </c>
       <c r="L4">
-        <v>827.00000</v>
+        <v>708.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>