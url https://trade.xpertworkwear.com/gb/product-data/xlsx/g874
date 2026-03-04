--- v1 (2025-12-12)
+++ v2 (2026-03-04)
@@ -309,51 +309,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>31.95</v>
       </c>
       <c r="L2">
-        <v>402.00000</v>
+        <v>311.00000</v>
       </c>
       <c r="M2">
         <v>20</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -377,51 +377,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>31.95</v>
       </c>
       <c r="L3">
-        <v>553.00000</v>
+        <v>402.00000</v>
       </c>
       <c r="M3">
         <v>20</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -445,51 +445,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>31.95</v>
       </c>
       <c r="L4">
-        <v>708.00000</v>
+        <v>510.00000</v>
       </c>
       <c r="M4">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>