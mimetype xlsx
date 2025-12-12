--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -263,51 +263,51 @@
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="H2">
         <v>9401800000</v>
       </c>
       <c r="I2" t="s">
         <v>24</v>
       </c>
       <c r="J2" t="s">
         <v>25</v>
       </c>
       <c r="K2" s="1">
         <v>89.95</v>
       </c>
       <c r="L2">
-        <v>43.00000</v>
+        <v>28.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>27</v>
       </c>
       <c r="Q2" t="s">
         <v>28</v>
       </c>
       <c r="R2" t="s">
         <v>29</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Brighten up your retail space with this eye-catching Xpert cube-seat!  Bright colours give a pop of colour, and the mobile, functional design provides a great solution for letting your customers try on their footwear.
 Where you have the space, these cube seats can be assembled in pairs, the side graphic is designed to match for maximum impact.
 Compact 45 x 45 cm size can go almost anywhere, and the padded wipe-clean surface is functional and easy to maintain.</t>
         </is>
       </c>
     </row>
   </sheetData>