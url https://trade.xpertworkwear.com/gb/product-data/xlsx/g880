--- v1 (2025-12-12)
+++ v2 (2026-03-03)
@@ -263,51 +263,51 @@
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="H2">
         <v>9401800000</v>
       </c>
       <c r="I2" t="s">
         <v>24</v>
       </c>
       <c r="J2" t="s">
         <v>25</v>
       </c>
       <c r="K2" s="1">
         <v>89.95</v>
       </c>
       <c r="L2">
-        <v>28.00000</v>
+        <v>21.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>27</v>
       </c>
       <c r="Q2" t="s">
         <v>28</v>
       </c>
       <c r="R2" t="s">
         <v>29</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Brighten up your retail space with this eye-catching Xpert cube-seat!  Bright colours give a pop of colour, and the mobile, functional design provides a great solution for letting your customers try on their footwear.
 Where you have the space, these cube seats can be assembled in pairs, the side graphic is designed to match for maximum impact.
 Compact 45 x 45 cm size can go almost anywhere, and the padded wipe-clean surface is functional and easy to maintain.</t>
         </is>
       </c>
     </row>
   </sheetData>