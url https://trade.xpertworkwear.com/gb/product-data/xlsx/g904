--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -327,51 +327,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034319</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>32.95</v>
       </c>
       <c r="L2">
-        <v>97.00000</v>
+        <v>11.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert Pro Junior workwear bundle includes a combination of firm favourites and essentials in one handy, giftable box.  Whether it’s for yourself, your kids or for friends and family, this bundle is packed with quality items and even a free gift!
 Assembled from quality Xpert products:
 TROUSERS:
 The Xpert™ PRO Junior Stretch Work Trouser brings all the technology and development we've packed into our men's trousers and scales it down to fit your young apprentice. The addition of 360° stretch panels at the gusset and rear yolk gives freedom of movement, and the fit is a modern, tapered leg look. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing. Double adjustable elasticated waist and plenty of pockets.
 HOODIE:
 Designed for outdoors-loving kids, the Xpert™ Pro Junior Pullover Hoodie is a modern fit hoodie with a brushed inside for additional warmth and comfort. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing. Just like our adult hoodie, we've designed it with a raglan sleeve for freer work &amp; play. Large front pocket and warm-lined hood with fixed drawstrings.
 POM POM BEANIE:
@@ -392,51 +392,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034319</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>32.95</v>
       </c>
       <c r="L3">
-        <v>21.00000</v>
+        <v>25.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The Xpert Pro Junior workwear bundle includes a combination of firm favourites and essentials in one handy, giftable box.  Whether it’s for yourself, your kids or for friends and family, this bundle is packed with quality items and even a free gift!
 Assembled from quality Xpert products:
 TROUSERS:
 The Xpert™ PRO Junior Stretch Work Trouser brings all the technology and development we've packed into our men's trousers and scales it down to fit your young apprentice. The addition of 360° stretch panels at the gusset and rear yolk gives freedom of movement, and the fit is a modern, tapered leg look. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing. Double adjustable elasticated waist and plenty of pockets.
 HOODIE:
 Designed for outdoors-loving kids, the Xpert™ Pro Junior Pullover Hoodie is a modern fit hoodie with a brushed inside for additional warmth and comfort. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing. Just like our adult hoodie, we've designed it with a raglan sleeve for freer work &amp; play. Large front pocket and warm-lined hood with fixed drawstrings.
 POM POM BEANIE:
@@ -457,51 +457,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034319</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>32.95</v>
       </c>
       <c r="L4">
-        <v>0.00000</v>
+        <v>10.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The Xpert Pro Junior workwear bundle includes a combination of firm favourites and essentials in one handy, giftable box.  Whether it’s for yourself, your kids or for friends and family, this bundle is packed with quality items and even a free gift!
 Assembled from quality Xpert products:
 TROUSERS:
 The Xpert™ PRO Junior Stretch Work Trouser brings all the technology and development we've packed into our men's trousers and scales it down to fit your young apprentice. The addition of 360° stretch panels at the gusset and rear yolk gives freedom of movement, and the fit is a modern, tapered leg look. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing. Double adjustable elasticated waist and plenty of pockets.
 HOODIE:
 Designed for outdoors-loving kids, the Xpert™ Pro Junior Pullover Hoodie is a modern fit hoodie with a brushed inside for additional warmth and comfort. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing. Just like our adult hoodie, we've designed it with a raglan sleeve for freer work &amp; play. Large front pocket and warm-lined hood with fixed drawstrings.
 POM POM BEANIE:
@@ -522,51 +522,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034319</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>32.95</v>
       </c>
       <c r="L5">
-        <v>16.00000</v>
+        <v>11.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>The Xpert Pro Junior workwear bundle includes a combination of firm favourites and essentials in one handy, giftable box.  Whether it’s for yourself, your kids or for friends and family, this bundle is packed with quality items and even a free gift!
 Assembled from quality Xpert products:
 TROUSERS:
 The Xpert™ PRO Junior Stretch Work Trouser brings all the technology and development we've packed into our men's trousers and scales it down to fit your young apprentice. The addition of 360° stretch panels at the gusset and rear yolk gives freedom of movement, and the fit is a modern, tapered leg look. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing. Double adjustable elasticated waist and plenty of pockets.
 HOODIE:
 Designed for outdoors-loving kids, the Xpert™ Pro Junior Pullover Hoodie is a modern fit hoodie with a brushed inside for additional warmth and comfort. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing. Just like our adult hoodie, we've designed it with a raglan sleeve for freer work &amp; play. Large front pocket and warm-lined hood with fixed drawstrings.
 POM POM BEANIE:
@@ -587,51 +587,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>44</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62034319</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>32.95</v>
       </c>
       <c r="L6">
-        <v>46.00000</v>
+        <v>12.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>The Xpert Pro Junior workwear bundle includes a combination of firm favourites and essentials in one handy, giftable box.  Whether it’s for yourself, your kids or for friends and family, this bundle is packed with quality items and even a free gift!
 Assembled from quality Xpert products:
 TROUSERS:
 The Xpert™ PRO Junior Stretch Work Trouser brings all the technology and development we've packed into our men's trousers and scales it down to fit your young apprentice. The addition of 360° stretch panels at the gusset and rear yolk gives freedom of movement, and the fit is a modern, tapered leg look. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing. Double adjustable elasticated waist and plenty of pockets.
 HOODIE:
 Designed for outdoors-loving kids, the Xpert™ Pro Junior Pullover Hoodie is a modern fit hoodie with a brushed inside for additional warmth and comfort. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing. Just like our adult hoodie, we've designed it with a raglan sleeve for freer work &amp; play. Large front pocket and warm-lined hood with fixed drawstrings.
 POM POM BEANIE:
@@ -652,51 +652,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>47</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>62034319</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>32.95</v>
       </c>
       <c r="L7">
-        <v>45.00000</v>
+        <v>15.00000</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="O7" t="s">
         <v>29</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
       <c r="Q7" t="s">
         <v>31</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>The Xpert Pro Junior workwear bundle includes a combination of firm favourites and essentials in one handy, giftable box.  Whether it’s for yourself, your kids or for friends and family, this bundle is packed with quality items and even a free gift!
 Assembled from quality Xpert products:
 TROUSERS:
 The Xpert™ PRO Junior Stretch Work Trouser brings all the technology and development we've packed into our men's trousers and scales it down to fit your young apprentice. The addition of 360° stretch panels at the gusset and rear yolk gives freedom of movement, and the fit is a modern, tapered leg look. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing. Double adjustable elasticated waist and plenty of pockets.
 HOODIE:
 Designed for outdoors-loving kids, the Xpert™ Pro Junior Pullover Hoodie is a modern fit hoodie with a brushed inside for additional warmth and comfort. With a focus on safety, all our Xpert Junior Apparel comes with Hi-visibility reflective detailing. Just like our adult hoodie, we've designed it with a raglan sleeve for freer work &amp; play. Large front pocket and warm-lined hood with fixed drawstrings.
 POM POM BEANIE: