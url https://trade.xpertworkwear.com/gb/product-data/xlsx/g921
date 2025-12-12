--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -104,51 +104,51 @@
   <si>
     <t>SWP7030</t>
   </si>
   <si>
     <t>Swampmaster No-Sweat Stormgear Waterproof Dairy Sleeves Green</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Xpert Swampmaster</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>0.50Kg</t>
   </si>
   <si>
     <t>DRY-X™ Waterproof, windproof and breathable fabric</t>
   </si>
   <si>
     <t>Lab-tested anti-bacterial protection against common dairy parlour infections</t>
   </si>
   <si>
-    <t>Stretchy neoprene cuffs create a water-tight seal at your wrists</t>
+    <t>Close fitting stretchy neoprene cuffs for comfort and protection</t>
   </si>
   <si>
     <t>4-way stretch fabric moves with you - no more restricted movement</t>
   </si>
   <si>
     <t>Elastic bicep hem keeps sleeves securely in place</t>
   </si>
   <si>
     <t>Anti-fungal treatment helps prevent bacteria growth</t>
   </si>
   <si>
     <t>SWP7030-M/L</t>
   </si>
   <si>
     <t>Swampmaster No-Sweat Stormgear Waterproof Dairy Sleeves Green - M</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>50.00Kg</t>
   </si>
   <si>
     <t>SWP7030-L/XL</t>
   </si>
@@ -309,51 +309,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>9.95</v>
       </c>
       <c r="L2">
-        <v>0.00000</v>
+        <v>653.00000</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Sleeves are made from the same waterproof and breathable material as our other Stormgear products.  Developed for dairy work, these sleeves provide a quick and easy solution for protection of your forearms when working in the parlour.  Available in 3 size options.  Long neoprene cuffs provide a comfortable seal at the wrist and forearm.  The lightweight Dry-X™ fabric stops water getting in while letting sweat escape, so you stay comfortable during long shifts.
@@ -376,51 +376,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>38</v>
       </c>
       <c r="K3" s="2">
         <v>9.95</v>
       </c>
       <c r="L3">
-        <v>54.00000</v>
+        <v>797.00000</v>
       </c>
       <c r="M3">
         <v>50</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Sleeves are made from the same waterproof and breathable material as our other Stormgear products.  Developed for dairy work, these sleeves provide a quick and easy solution for protection of your forearms when working in the parlour.  Available in 3 size options.  Long neoprene cuffs provide a comfortable seal at the wrist and forearm.  The lightweight Dry-X™ fabric stops water getting in while letting sweat escape, so you stay comfortable during long shifts.
@@ -443,51 +443,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4" s="2">
         <v>9.95</v>
       </c>
       <c r="L4">
-        <v>118.00000</v>
+        <v>808.00000</v>
       </c>
       <c r="M4">
         <v>50</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Sleeves are made from the same waterproof and breathable material as our other Stormgear products.  Developed for dairy work, these sleeves provide a quick and easy solution for protection of your forearms when working in the parlour.  Available in 3 size options.  Long neoprene cuffs provide a comfortable seal at the wrist and forearm.  The lightweight Dry-X™ fabric stops water getting in while letting sweat escape, so you stay comfortable during long shifts.