--- v1 (2025-12-12)
+++ v2 (2026-03-04)
@@ -309,51 +309,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62014010</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>9.95</v>
       </c>
       <c r="L2">
-        <v>653.00000</v>
+        <v>464.00000</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Sleeves are made from the same waterproof and breathable material as our other Stormgear products.  Developed for dairy work, these sleeves provide a quick and easy solution for protection of your forearms when working in the parlour.  Available in 3 size options.  Long neoprene cuffs provide a comfortable seal at the wrist and forearm.  The lightweight Dry-X™ fabric stops water getting in while letting sweat escape, so you stay comfortable during long shifts.
@@ -376,51 +376,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62014010</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>38</v>
       </c>
       <c r="K3" s="2">
         <v>9.95</v>
       </c>
       <c r="L3">
-        <v>797.00000</v>
+        <v>544.00000</v>
       </c>
       <c r="M3">
         <v>50</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Sleeves are made from the same waterproof and breathable material as our other Stormgear products.  Developed for dairy work, these sleeves provide a quick and easy solution for protection of your forearms when working in the parlour.  Available in 3 size options.  Long neoprene cuffs provide a comfortable seal at the wrist and forearm.  The lightweight Dry-X™ fabric stops water getting in while letting sweat escape, so you stay comfortable during long shifts.
@@ -443,51 +443,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62014010</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4" s="2">
         <v>9.95</v>
       </c>
       <c r="L4">
-        <v>808.00000</v>
+        <v>652.00000</v>
       </c>
       <c r="M4">
         <v>50</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>The 'No-Sweat' Stormgear™ Dairy Sleeves are made from the same waterproof and breathable material as our other Stormgear products.  Developed for dairy work, these sleeves provide a quick and easy solution for protection of your forearms when working in the parlour.  Available in 3 size options.  Long neoprene cuffs provide a comfortable seal at the wrist and forearm.  The lightweight Dry-X™ fabric stops water getting in while letting sweat escape, so you stay comfortable during long shifts.