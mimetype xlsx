--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -273,51 +273,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>61171000</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>6.95</v>
       </c>
       <c r="L2">
-        <v>3250.00000</v>
+        <v>2454.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert essentials kit brings you everything you need in one handy one-size-fits-all bundle.
 The Neck snood is highly breathable and stretchy fabric, and can be worn up over your face or around the neck only.  Quality beanie hat has a fleece lining for additional warmth, and Xpert socks are durable polyester/cotton, with terry loop lining designed to support the hard workers on their feet all day.
 Packaged up in a smart gift box, this kit will keep you extra warm when working outdoors during the colder months.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 