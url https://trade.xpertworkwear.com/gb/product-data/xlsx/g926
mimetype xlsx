--- v1 (2025-12-12)
+++ v2 (2026-03-04)
@@ -273,51 +273,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>61171000</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>6.95</v>
       </c>
       <c r="L2">
-        <v>2454.00000</v>
+        <v>2126.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>The Xpert essentials kit brings you everything you need in one handy one-size-fits-all bundle.
 The Neck snood is highly breathable and stretchy fabric, and can be worn up over your face or around the neck only.  Quality beanie hat has a fleece lining for additional warmth, and Xpert socks are durable polyester/cotton, with terry loop lining designed to support the hard workers on their feet all day.
 Packaged up in a smart gift box, this kit will keep you extra warm when working outdoors during the colder months.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 