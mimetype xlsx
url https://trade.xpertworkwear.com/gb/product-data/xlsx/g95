--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -388,51 +388,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62052000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>8.50</v>
       </c>
       <c r="L3">
-        <v>6.00000</v>
+        <v>5.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Champion Whitby Short Sleeve Shirt, created with polyester and cotton, yarn-dyed to an extremely fine quality. Champion clothing is carefully designed and manufactured to offer maximum performance and reassuring comfort for everyday outdoor workwear and leisure wear.</t>
@@ -452,51 +452,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62052000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>8.50</v>
       </c>
       <c r="L4">
-        <v>1.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Champion Whitby Short Sleeve Shirt, created with polyester and cotton, yarn-dyed to an extremely fine quality. Champion clothing is carefully designed and manufactured to offer maximum performance and reassuring comfort for everyday outdoor workwear and leisure wear.</t>