--- v0 (2025-10-26)
+++ v1 (2026-03-04)
@@ -388,51 +388,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62052000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>8.50</v>
       </c>
       <c r="L3">
-        <v>1.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Champion Whitby Short Sleeve Shirt, created with polyester and cotton, yarn-dyed to an extremely fine quality. Champion clothing is carefully designed and manufactured to offer maximum performance and reassuring comfort for everyday outdoor workwear and leisure wear.</t>