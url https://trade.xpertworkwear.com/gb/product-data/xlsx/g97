--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -209,51 +209,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W6"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="53"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="47"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="9"/>
+    <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="27"/>
     <col min="16" max="16" width="27"/>
     <col min="17" max="17" width="30"/>
     <col min="18" max="18" width="22"/>
     <col min="19" max="19" width="16"/>
     <col min="20" max="20" width="10"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -321,51 +321,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034251</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>15.50</v>
       </c>
       <c r="L2">
-        <v>8.00000</v>
+        <v>7.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Protect your clothes from spills, stains and marks by wearing this Fort Workforce 210gsm Boilersuit over them. Its loose fit will cover your clothes without compromising on comfort or restricting movement. A single-piece elasticated back ensures a perfect fit, while two studded breast pockets and one back pocket provide ample storage for your small tools and equipment.</t>
         </is>
       </c>
     </row>
@@ -382,51 +382,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034251</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>15.50</v>
       </c>
       <c r="L3">
-        <v>9.00000</v>
+        <v>1.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Protect your clothes from spills, stains and marks by wearing this Fort Workforce 210gsm Boilersuit over them. Its loose fit will cover your clothes without compromising on comfort or restricting movement. A single-piece elasticated back ensures a perfect fit, while two studded breast pockets and one back pocket provide ample storage for your small tools and equipment.</t>
         </is>
       </c>
     </row>
@@ -443,51 +443,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034251</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>15.50</v>
       </c>
       <c r="L4">
-        <v>10.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>Protect your clothes from spills, stains and marks by wearing this Fort Workforce 210gsm Boilersuit over them. Its loose fit will cover your clothes without compromising on comfort or restricting movement. A single-piece elasticated back ensures a perfect fit, while two studded breast pockets and one back pocket provide ample storage for your small tools and equipment.</t>
         </is>
       </c>
     </row>
@@ -504,51 +504,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>62034251</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>15.50</v>
       </c>
       <c r="L5">
-        <v>7.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="O5" t="s">
         <v>29</v>
       </c>
       <c r="P5" t="s">
         <v>30</v>
       </c>
       <c r="Q5" t="s">
         <v>31</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>Protect your clothes from spills, stains and marks by wearing this Fort Workforce 210gsm Boilersuit over them. Its loose fit will cover your clothes without compromising on comfort or restricting movement. A single-piece elasticated back ensures a perfect fit, while two studded breast pockets and one back pocket provide ample storage for your small tools and equipment.</t>
         </is>
       </c>
     </row>
@@ -565,51 +565,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>62034251</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>15.50</v>
       </c>
       <c r="L6">
-        <v>2.00000</v>
+        <v>0.00000</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="O6" t="s">
         <v>29</v>
       </c>
       <c r="P6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>33</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>Protect your clothes from spills, stains and marks by wearing this Fort Workforce 210gsm Boilersuit over them. Its loose fit will cover your clothes without compromising on comfort or restricting movement. A single-piece elasticated back ensures a perfect fit, while two studded breast pockets and one back pocket provide ample storage for your small tools and equipment.</t>
         </is>
       </c>
     </row>