--- v1 (2025-12-12)
+++ v2 (2026-03-03)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <si>
     <t>Stock Code</t>
   </si>
   <si>
     <t>Barcode</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Group Code</t>
   </si>
   <si>
     <t>Group Name</t>
   </si>
   <si>
     <t>Variation</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Commodity Code</t>
   </si>
   <si>
@@ -113,138 +113,120 @@
   <si>
     <t>Fort</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>0.70Kg</t>
   </si>
   <si>
     <t>210 gsm polyester / cotton</t>
   </si>
   <si>
     <t>Two studded breast pockets</t>
   </si>
   <si>
     <t>Single piece elasticated back</t>
   </si>
   <si>
     <t>Concealed press studs</t>
   </si>
   <si>
     <t>One back pocket</t>
   </si>
   <si>
-    <t>318NVM</t>
-[...7 lines deleted...]
-  <si>
     <t>318NVL</t>
   </si>
   <si>
     <t>Fort Workforce 210Gsm Stud-Front Coverall Navy - L</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>318NVXL</t>
   </si>
   <si>
     <t>Fort Workforce 210Gsm Stud-Front Coverall Navy - XL</t>
   </si>
   <si>
     <t>XL</t>
-  </si>
-[...7 lines deleted...]
-    <t>XXL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:W6"/>
+  <dimension ref="A1:W4"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
-    <col min="3" max="3" width="53"/>
+    <col min="3" max="3" width="52"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="47"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
     <col min="12" max="12" width="8"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="27"/>
     <col min="16" max="16" width="27"/>
     <col min="17" max="17" width="30"/>
     <col min="18" max="18" width="22"/>
     <col min="19" max="19" width="16"/>
     <col min="20" max="20" width="10"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -321,314 +303,192 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>62034251</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>15.50</v>
       </c>
       <c r="L2">
-        <v>7.00000</v>
+        <v>3.00000</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="O2" t="s">
         <v>29</v>
       </c>
       <c r="P2" t="s">
         <v>30</v>
       </c>
       <c r="Q2" t="s">
         <v>31</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Protect your clothes from spills, stains and marks by wearing this Fort Workforce 210gsm Boilersuit over them. Its loose fit will cover your clothes without compromising on comfort or restricting movement. A single-piece elasticated back ensures a perfect fit, while two studded breast pockets and one back pocket provide ample storage for your small tools and equipment.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>34</v>
       </c>
       <c r="B3" s="1">
-        <v>5036948020713</v>
+        <v>5036948020720</v>
       </c>
       <c r="C3" t="s">
         <v>35</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>36</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>62034251</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>15.50</v>
       </c>
       <c r="L3">
-        <v>1.00000</v>
+        <v>6.00000</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>Protect your clothes from spills, stains and marks by wearing this Fort Workforce 210gsm Boilersuit over them. Its loose fit will cover your clothes without compromising on comfort or restricting movement. A single-piece elasticated back ensures a perfect fit, while two studded breast pockets and one back pocket provide ample storage for your small tools and equipment.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" s="1">
-        <v>5036948020720</v>
+        <v>5036948020737</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>39</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>62034251</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>15.50</v>
       </c>
       <c r="L4">
         <v>6.00000</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="O4" t="s">
         <v>29</v>
       </c>
       <c r="P4" t="s">
         <v>30</v>
       </c>
       <c r="Q4" t="s">
         <v>31</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="U4" t="inlineStr">
-        <is>
-[...120 lines deleted...]
-      <c r="U6" t="inlineStr">
         <is>
           <t>Protect your clothes from spills, stains and marks by wearing this Fort Workforce 210gsm Boilersuit over them. Its loose fit will cover your clothes without compromising on comfort or restricting movement. A single-piece elasticated back ensures a perfect fit, while two studded breast pockets and one back pocket provide ample storage for your small tools and equipment.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>