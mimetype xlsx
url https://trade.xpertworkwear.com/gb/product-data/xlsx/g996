--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -273,51 +273,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>62129000</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>3.95</v>
       </c>
       <c r="L2">
-        <v>1452.00000</v>
+        <v>1171.00000</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Tough canvas webbed work belt with heavy duty metal buckle.  The Xpert core work belt is an essential piece of kit for your work trousers, especially when you load up your pockets with tools.  120cm total length, can be cut to size if required.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">