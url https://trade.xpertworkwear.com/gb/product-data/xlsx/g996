--- v1 (2025-12-12)
+++ v2 (2026-03-03)
@@ -161,51 +161,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:W2"/>
   <cols>
     <col min="1" max="1" width="11"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="27"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="27"/>
     <col min="6" max="6" width="10"/>
     <col min="7" max="7" width="11"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="18"/>
     <col min="10" max="10" width="14"/>
     <col min="11" max="11" width="11"/>
-    <col min="12" max="12" width="11"/>
+    <col min="12" max="12" width="10"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="14"/>
     <col min="15" max="15" width="36"/>
     <col min="16" max="16" width="32"/>
     <col min="17" max="17" width="60"/>
     <col min="18" max="18" width="10"/>
     <col min="19" max="19" width="10"/>
     <col min="20" max="20" width="10"/>
     <col min="21" max="21" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -273,51 +273,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>62129000</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>3.95</v>
       </c>
       <c r="L2">
-        <v>1171.00000</v>
+        <v>914.00000</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Tough canvas webbed work belt with heavy duty metal buckle.  The Xpert core work belt is an essential piece of kit for your work trousers, especially when you load up your pockets with tools.  120cm total length, can be cut to size if required.</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">