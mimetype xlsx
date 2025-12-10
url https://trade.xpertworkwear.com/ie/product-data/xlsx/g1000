--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -279,51 +279,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>39269097</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>3.50</v>
       </c>
       <c r="L2">
-        <v>3170.00000</v>
+        <v>2828.00000</v>
       </c>
       <c r="M2">
         <v>40</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="R2" t="s">
         <v>30</v>
       </c>
       <c r="S2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Highly recommended additional knee protection for the worker who is spending considerable time on their knees.  Simple and effective way of providing extra protection, the Xpert Core work knee pad inserts are designed for slotting into work trouser knee pockets to protect kneecaps when kneeling.
 These kneepads have been pre-shaped and are designed to quickly conform to the shape of your knees, ensuring minimal disruption to your normal movements and the fit of your trousers.
 By incorporating the Xpert Core work knee pad inserts into your work attire, you can significantly reduce the risk of knee injuries and enhance your overall comfort during long periods of kneeling.</t>
         </is>