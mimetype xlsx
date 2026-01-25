--- v1 (2025-12-10)
+++ v2 (2026-01-25)
@@ -279,51 +279,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>39269097</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>3.50</v>
       </c>
       <c r="L2">
-        <v>2828.00000</v>
+        <v>2579.00000</v>
       </c>
       <c r="M2">
         <v>40</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="R2" t="s">
         <v>30</v>
       </c>
       <c r="S2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Highly recommended additional knee protection for the worker who is spending considerable time on their knees.  Simple and effective way of providing extra protection, the Xpert Core work knee pad inserts are designed for slotting into work trouser knee pockets to protect kneecaps when kneeling.
 These kneepads have been pre-shaped and are designed to quickly conform to the shape of your knees, ensuring minimal disruption to your normal movements and the fit of your trousers.
 By incorporating the Xpert Core work knee pad inserts into your work attire, you can significantly reduce the risk of knee injuries and enhance your overall comfort during long periods of kneeling.</t>
         </is>