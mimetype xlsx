--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -279,51 +279,51 @@
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2">
         <v>39269097</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2" s="2">
         <v>3.50</v>
       </c>
       <c r="L2">
-        <v>2579.00000</v>
+        <v>2342.00000</v>
       </c>
       <c r="M2">
         <v>40</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="R2" t="s">
         <v>30</v>
       </c>
       <c r="S2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>Highly recommended additional knee protection for the worker who is spending considerable time on their knees.  Simple and effective way of providing extra protection, the Xpert Core work knee pad inserts are designed for slotting into work trouser knee pockets to protect kneecaps when kneeling.
 These kneepads have been pre-shaped and are designed to quickly conform to the shape of your knees, ensuring minimal disruption to your normal movements and the fit of your trousers.
 By incorporating the Xpert Core work knee pad inserts into your work attire, you can significantly reduce the risk of knee injuries and enhance your overall comfort during long periods of kneeling.</t>
         </is>