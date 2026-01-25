--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -354,51 +354,51 @@
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2">
         <v>64034000</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
       <c r="K2" s="2">
         <v>57.95</v>
       </c>
       <c r="L2">
-        <v>75.00000</v>
+        <v>60.00000</v>
       </c>
       <c r="M2">
         <v>8</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
@@ -423,51 +423,51 @@
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3">
         <v>64034000</v>
       </c>
       <c r="I3" t="s">
         <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="2">
         <v>57.95</v>
       </c>
       <c r="L3">
-        <v>101.00000</v>
+        <v>117.00000</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3" t="s">
         <v>30</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
       <c r="Q3" t="s">
         <v>32</v>
       </c>
       <c r="R3" t="s">
         <v>33</v>
       </c>
       <c r="S3" t="s">
         <v>34</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
@@ -492,51 +492,51 @@
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>41</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4">
         <v>64034000</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="2">
         <v>57.95</v>
       </c>
       <c r="L4">
-        <v>218.00000</v>
+        <v>137.00000</v>
       </c>
       <c r="M4">
         <v>8</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4" t="s">
         <v>30</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>
       <c r="R4" t="s">
         <v>33</v>
       </c>
       <c r="S4" t="s">
         <v>34</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
@@ -561,51 +561,51 @@
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5">
         <v>64034000</v>
       </c>
       <c r="I5" t="s">
         <v>27</v>
       </c>
       <c r="J5" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="2">
         <v>57.95</v>
       </c>
       <c r="L5">
-        <v>346.00000</v>
+        <v>189.00000</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5" t="s">
         <v>30</v>
       </c>
       <c r="P5" t="s">
         <v>31</v>
       </c>
       <c r="Q5" t="s">
         <v>32</v>
       </c>
       <c r="R5" t="s">
         <v>33</v>
       </c>
       <c r="S5" t="s">
         <v>34</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
@@ -630,51 +630,51 @@
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>47</v>
       </c>
       <c r="G6" t="s">
         <v>26</v>
       </c>
       <c r="H6">
         <v>64034000</v>
       </c>
       <c r="I6" t="s">
         <v>27</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="2">
         <v>57.95</v>
       </c>
       <c r="L6">
-        <v>284.00000</v>
+        <v>181.00000</v>
       </c>
       <c r="M6">
         <v>8</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6" t="s">
         <v>31</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
       <c r="R6" t="s">
         <v>33</v>
       </c>
       <c r="S6" t="s">
         <v>34</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
@@ -699,51 +699,51 @@
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7">
         <v>64034000</v>
       </c>
       <c r="I7" t="s">
         <v>27</v>
       </c>
       <c r="J7" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="2">
         <v>57.95</v>
       </c>
       <c r="L7">
-        <v>181.00000</v>
+        <v>102.00000</v>
       </c>
       <c r="M7">
         <v>8</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7" t="s">
         <v>30</v>
       </c>
       <c r="P7" t="s">
         <v>31</v>
       </c>
       <c r="Q7" t="s">
         <v>32</v>
       </c>
       <c r="R7" t="s">
         <v>33</v>
       </c>
       <c r="S7" t="s">
         <v>34</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
@@ -768,51 +768,51 @@
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8">
         <v>64034000</v>
       </c>
       <c r="I8" t="s">
         <v>27</v>
       </c>
       <c r="J8" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="2">
         <v>57.95</v>
       </c>
       <c r="L8">
-        <v>82.00000</v>
+        <v>94.00000</v>
       </c>
       <c r="M8">
         <v>8</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8" t="s">
         <v>30</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>
       <c r="R8" t="s">
         <v>33</v>
       </c>
       <c r="S8" t="s">
         <v>34</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>
@@ -837,51 +837,51 @@
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>56</v>
       </c>
       <c r="G9" t="s">
         <v>26</v>
       </c>
       <c r="H9">
         <v>64034000</v>
       </c>
       <c r="I9" t="s">
         <v>27</v>
       </c>
       <c r="J9" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="2">
         <v>57.95</v>
       </c>
       <c r="L9">
-        <v>48.00000</v>
+        <v>32.00000</v>
       </c>
       <c r="M9">
         <v>8</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9" t="s">
         <v>30</v>
       </c>
       <c r="P9" t="s">
         <v>31</v>
       </c>
       <c r="Q9" t="s">
         <v>32</v>
       </c>
       <c r="R9" t="s">
         <v>33</v>
       </c>
       <c r="S9" t="s">
         <v>34</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>